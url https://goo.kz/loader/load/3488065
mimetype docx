--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,12015 +1,10877 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2815E980" w14:textId="46F052A2" w:rsidR="003E3EEA" w:rsidRPr="00CE035C" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="1CD6C50F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Средняя общеобразовательная школа имени Камала Макпалеева</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAB8985" w14:textId="645A02CB" w:rsidR="00D70D9E" w:rsidRPr="00CE035C" w:rsidRDefault="003742F5" w:rsidP="00B00AEE">
+    <w:p w14:paraId="76529B26" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қазақ</w:t>
+        <w:t>учителя казахского языка и литературы</w:t>
       </w:r>
-      <w:r w:rsidR="001C2940" w:rsidRPr="00CE035C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на вакантную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC7B219" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w14:paraId="5A1704AD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="-908" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="001A5CB6" w14:paraId="3DE1DBE9" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="048D287E" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A2AD560" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="401B5510" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3848B159" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="739B1615" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C86545" w14:textId="2F14CA7B" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00701022">
-            <w:pPr>
+          <w:p w14:paraId="1FAB2A94" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Камала Макпалеева города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="665EC795" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="4776EA25" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CBE5D4D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="36570A25" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E0E1CC7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="442CF2E6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E72D4EA" w14:textId="4624D2D6" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="004D2777">
+          <w:p w14:paraId="0B6F4A02" w14:textId="01505AA4" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...80 lines deleted...]
-              <w:t>8</w:t>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область, город Павлодар, улица Гагарина 58 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="7455C780" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="4C7F1444" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D1B9045" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="380168DB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="057A8B8D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="2920641D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EDB60D4" w14:textId="77777777" w:rsidR="001A5CB6" w:rsidRDefault="001A5CB6" w:rsidP="001A5CB6">
+          <w:p w14:paraId="5AAD7C1C" w14:textId="4635D946" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00644EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00644EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00644EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, 8 (7182) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00644EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-07-34</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="381D889E" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="35360DB3" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D37CED" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="4239433A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616C5AA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="29D4EFB3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14DE883F" w14:textId="2AF96DBD" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00DD79AC" w:rsidP="00701022">
-            <w:pPr>
+          <w:p w14:paraId="68FC6185" w14:textId="4C2417D7" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00400C9A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidRPr="00B450F3">
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidRPr="006D6CBB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh4</w:t>
               </w:r>
-              <w:r w:rsidRPr="00B450F3">
+              <w:r w:rsidRPr="006D6CBB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
-              <w:r w:rsidRPr="00B450F3">
+              <w:r w:rsidRPr="006D6CBB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004A2A1B" w:rsidRPr="00CE035C">
+            <w:r w:rsidR="00A81FB5" w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="001A5CB6" w14:paraId="7AA3412C" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="21285043" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="600EE3EC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="75B85275" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="364ABC5C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
-            <w:pPr>
+          <w:p w14:paraId="3B4048D1" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C28F747" w14:textId="09A74E1C" w:rsidR="00533294" w:rsidRPr="00CE035C" w:rsidRDefault="00533294" w:rsidP="003742F5">
-            <w:pPr>
+          <w:p w14:paraId="3A24644A" w14:textId="1A1B4F14" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель казахского языка и литературы, 16 час</w:t>
+            </w:r>
+            <w:r w:rsidR="007E22CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">- 16 сағат </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="001A5CB6" w14:paraId="6638BBD1" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="4B30A619" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="640821DA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="229BEAF7" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5291CA4A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0A5A71" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3C678F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5DAFDD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="5168D5F9" w14:textId="77777777" w:rsidTr="00CB505E">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2460EDBE" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="358D51A3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0981BC3A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="511EA0A9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 106 845  тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0657F3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 130 000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="7BEC543F" w14:textId="77777777" w:rsidTr="00CB505E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE5A359" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2707A58D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="2DB86AC5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E4CE74" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B66E7A3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
-            <w:pPr>
+          <w:p w14:paraId="62D0E52C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02F4A932" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F0B9F54" w14:textId="65C433B5" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет</w:t>
+            </w:r>
+            <w:r w:rsidR="00400C9A" w:rsidRPr="00400C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E22CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>( для педагога второй квалификационной категории -не менее 2 лет )</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для педагога-эксперта не менее 3 лет,</w:t>
+            </w:r>
+            <w:r w:rsidR="00400C9A" w:rsidRPr="00400C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E22CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(для педагога первой категории не менее 3 лет)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+            <w:r w:rsidR="007E22CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( для педагога высшей категории не менее 4 лет) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00CE035C" w14:paraId="03A0A55E" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="399C1453" w14:textId="77777777" w:rsidTr="00CB505E">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="298A3EE2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="3468FA09" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="379B248A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
-            <w:pPr>
+          <w:p w14:paraId="3A4CFC91" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D5A410" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
-            <w:pPr>
+          <w:p w14:paraId="36822396" w14:textId="3F4E8B1C" w:rsidR="00A81FB5" w:rsidRPr="007E22CE" w:rsidRDefault="00CC0677" w:rsidP="00393AB3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00393AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00393AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.11.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="20D3480B" w14:textId="77777777" w:rsidTr="00CB505E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33C47E08" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...136 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1423D67F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE87498" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19CDB660" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...217 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DA3B79" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66284614" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32156527" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D6549E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E792E3B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE035C">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EF5895" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...49 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C40111" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00CE035C" w:rsidRDefault="00932150" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w14:paraId="6E265372" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...163 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5C3E6A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...194 lines deleted...]
-              <w:t>Бағалау парағы;</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D478D0" w:rsidRPr="00CE035C" w14:paraId="027AAD49" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="647F982C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="377E4657" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8A929D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00CE035C" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="0DFDC972" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BCBF599" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="1DA24260" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A99E4BF" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="4B0F47EC" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CE93806" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="51E1A298" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A170057" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="7CF68823" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F74F25B" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="3BF7EE66" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0482645B" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="50FC1B95" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19509BA0" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="0B7BDCC7" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="446F152D" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="62376D8C" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="748C4732" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="5C0ECDD9" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44943FED" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="5FF2231E" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="06653D32" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="3D51AB1A" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74E94F53" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="735557A3" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35950AC7" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="79BEC097" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31CB563A" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="6BA1EBD0" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60B7B20E" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="6641A0AD" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0236ABC4" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="57D74DA2" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0668282B" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="599EA917" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64D9A24F" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="77066A23" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C349360" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="6B9D9122" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58067688" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="210E9583" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0AFE2324" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="27CBC5BC" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5296C67D" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="381B649B" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D497BE7" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="341C6FBF" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07234C99" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="57B39DA6" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="703E50D6" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="2F20A846" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21B017FB" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="5BB2280F" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B94C3EF" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="0EA7638C" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="152D9A2B" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="6729975F" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11801E4B" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="59295AE8" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B16DF56" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="3BE0E541" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3782DA02" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="320916D8" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31F24AA1" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="15FD4B7E" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3725DC67" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="5DE118F3" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4285340F" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+          <w:p w14:paraId="5C25DEBF" w14:textId="324E19A2" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0B2AF8B9" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DF3867" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0A947972" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15839A4B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="7D03D2A4" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C2DEAC" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="16B4E1AE" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E56BDC" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="34428CAE" w14:textId="77777777" w:rsidR="00CE035C" w:rsidRDefault="00CE035C" w:rsidP="00F7191E">
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6667CF08" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...168 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37567D72" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="025D48AF" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FBA0337" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1A442E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EC866F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="40B6521B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D78B4E5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC07BED" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
-[...5 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEE3E19" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="155EF88F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D0FC9C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="77724808" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777790A2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="7642630C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDEC535" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C407A36" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F49E3F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="309D627A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D7BBA3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F46237A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CBA8D5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7018BEFB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00638797" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0367B96C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="05556E9F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D41123E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3981772C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04659C3C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...244 lines deleted...]
-    <w:p w14:paraId="46436509" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="36C597AE" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2287F27F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="5558C6DA" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546EBF03" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="49D16E77" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="37A2BDDE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="028799D6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795AB713" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="2725489D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282E5468" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="5C5F6668" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1468E10B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="52E89D8A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168E0C82" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="40F09757" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2066"/>
+        <w:gridCol w:w="2736"/>
+        <w:gridCol w:w="2002"/>
+        <w:gridCol w:w="2576"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00CE035C" w14:paraId="2AE2858F" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="341D5372" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6282A2D4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w14:paraId="68EAC722" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="439788FF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w14:paraId="11E65E16" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB439B3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="276F7269" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w14:paraId="16165B5A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7984DC77" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w14:paraId="72BB3E92" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145C4DB2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00CE035C" w14:paraId="42729AE5" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="661A0E84" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F2A9B7C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w14:paraId="64171594" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="309BCA66" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w14:paraId="64A3AE72" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63B0898A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w14:paraId="766849E4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06994ED9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w14:paraId="19E7A10C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41AD28A5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="10ABD0E5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AFD1989" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="2A79AD18" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>Біліктілік санатының болуы (берген (растаған) күні):___________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC95D35" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="18F24BA3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224C5E7E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2A099C30" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00CE035C" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w14:paraId="66D1DD0A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4DB9A06C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="1C19BD99" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...5 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
-[...49 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C37E8" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="228B5ED1" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...83 lines deleted...]
-        <w:t>__________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3809B5F8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="57C12F4C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6796BA24" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2940595E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6FE91F" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="24B12E10" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4F0F46" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="3C40D728" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5009AF12" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="1E8AEDFA" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1E8E19B0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="52D85E7F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51ADFD56" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADCA5DC" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD3A5B1" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8836B0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00CE035C">
-[...17 lines deleted...]
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7C27BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="13A6F168" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520D5D58" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="0687D2BD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C2D115" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="23AC59BB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25FB0FD6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9B415C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DDC03D8" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7E273E3C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...15 lines deleted...]
-        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8C60EA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="428B7F81" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...425 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00CE035C" w14:paraId="7F7D2E41" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="55A04242" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C746C3" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="7CA74D81" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2CF2737E" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="39553F4E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C457BA4" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          <w:p w14:paraId="0C7884D0" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="40A53EBC" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="3B23AFB7" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...17 lines deleted...]
-          <w:p w14:paraId="1E648B64" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="48117618" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="12442DAF" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="66485F32" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="5C994872" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="16735026" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E38CA03" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44AFA186" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EDD4E1F" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47119579" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03A29715" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59E10250" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51B058FE" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AA78275" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7829F2F5" w14:textId="77777777" w:rsidR="006357D0" w:rsidRDefault="006357D0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="166A6D7A" w14:textId="5744742E" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF6A881" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10AB25C6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D4C64B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC7E8E9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093F1F4B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00646296" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="001AB8CB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2626C86B" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00CE035C" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="1C2FFCEB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...214 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E385FE" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00CE035C" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...116 lines deleted...]
-    <w:p w14:paraId="0B983054" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="78068D8C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E713BB5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5104"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4259B4DC" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="3C6F5A5C" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6882ABD4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="490C4E5E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78274E27" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16EE1E7D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48145FAD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50A74783" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="5BE17EEB" w14:textId="77777777" w:rsidTr="00A81FB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16EA593C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7806CF63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...19 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="376E1629" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384EEDF8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...19 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          <w:p w14:paraId="1554E1B0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470C173D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...38 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+          <w:p w14:paraId="7462D8A7" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1E75F5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E9FF213" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791693F9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35E45853" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7237A5D3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="001A5CB6" w14:paraId="14BC9480" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="41F34D2B" w14:textId="77777777" w:rsidTr="00A81FB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74CEF388" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42619367" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3460BEF2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8A0C4C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1106BD44" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A97A4B5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="369686C6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BD3DA9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="3545F449" w14:textId="77777777" w:rsidTr="00A81FB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE43D1E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28098137" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAEE23E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="432A0E09" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F693ADF" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4304616A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1A08A3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73CA029E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D36A73" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A78BC6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AAA2E81" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC6E334" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620721A6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A2BC63" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C220F0F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71A89E45" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CCCA597" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F97AAF" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE4438B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02001FA4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CA8F86" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AF0E352" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164D90E4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BC34F9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27490C80" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38714E63" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD8F52B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37425E38" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08255DE4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C8FBB9D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="511D29F6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DF977C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC35713" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F04461" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="767BF3DC" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4728B9" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F206F8" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00020FB2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A20CA99" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07092C80" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05FCCE78" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E898C43" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD6C8CD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E20784" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1146F86C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB4F3D0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFA75B0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3581B5D5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C297E80" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE6D155" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F9AC1B" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="304C55F6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8A8326" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD63F45" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="3DD1C7B0" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="067C26C7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="57B97387" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E86560" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0091E82D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7884A990" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6585FFD8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1469E164" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF883E2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60B4F7DB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="24E844AD" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9F76F0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A2CA13" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="252F2288" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C4C76E7" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C7A37F0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C0B89F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF8AAC8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="77777BB5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4E133EB0" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="342A2BC9" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21999DD0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="33E68B5F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D47E797" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+          <w:p w14:paraId="2E7D8C96" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A8C5A14" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Білімі туралы диплом</w:t>
+          <w:p w14:paraId="21871E80" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2568A362" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...120 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="57A9DD54" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9CCEA3" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB00500" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BCBD45" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1716504C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="4EB5EBF6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="001A5CB6" w14:paraId="01BC18FC" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="6AC04DE0" w14:textId="77777777" w:rsidTr="00A81FB5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50DE9BAE" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07073E00" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE24D08" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B20D3C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B2B521" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32DB700E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2766A45A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BBCD50" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="0B32B252" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5358BFED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6E788614" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="211EDEE7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+          <w:p w14:paraId="20BCA933" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="385A12E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="00B3CDCB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72939FE6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...1139 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+          <w:p w14:paraId="0CEA8412" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD9572C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C65A01C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7BF1ED8A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="334C0B89" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="06DE6A9C" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2817219D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="32EFB44E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A714201" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...34 lines deleted...]
-              <w:t>Санаты.</w:t>
+          <w:p w14:paraId="30E4D6E0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05FDF32A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Куәлік, өзге де құжат</w:t>
+          <w:p w14:paraId="56140E3D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A663AB7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...230 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="5A732335" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E1A9B6C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC938AE" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3EE10A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1B9038C4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="257BF23E" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="178025C8" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07634484" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1DAC8704" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="064822D8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Педагогикалық қызмет өтілі</w:t>
+          <w:p w14:paraId="7EC45B99" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="186D765D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="4DFAF0CC" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF49176" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777D1D0D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A62829C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...76 lines deleted...]
-              <w:t>10 жылдан және одан артық = 3</w:t>
+          <w:p w14:paraId="15D07CFA" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A574308" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B37D4D" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DA9BF6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9DED8E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAF46FA" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75F3CFE8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="75429CA4" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4996E07C" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="540D4CEE" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F08EAD9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="2A363A35" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="342654C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+          <w:p w14:paraId="7D63C0D7" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D8E6CB8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="76EA0425" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEDAB4F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="0AADEC04" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D441092" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473C96F1" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D46361E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7A777696" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="7D19CF54" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="0FB6DDE7" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C2EC8BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1D4D2ACB" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69D7F6BD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+          <w:p w14:paraId="346F698A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D21A913" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Білім туралы дипломға қосымша</w:t>
+          <w:p w14:paraId="3130AB06" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="331DE17E" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F5FED69" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...110 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+          <w:p w14:paraId="1C607039" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABDFF31" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25F3D564" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164E27F6" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5FB88C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2637A4D5" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07C71FC0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3FBB4E47" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="07D2BB81" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="7F52DFD3" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6233CDC3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="756B8DCE" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7869A29B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+          <w:p w14:paraId="3A2BFC17" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="078FFC50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="4472D9B1" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05164541" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="426B7BF2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307EC8A2" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE3C0E7" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39CF4109" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+          <w:p w14:paraId="5E6C0D6C" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="724BC837" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02260677" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="604CD9F8" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="36132038" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00A81FB5" w:rsidRPr="00E71911" w14:paraId="23F9CC8D" w14:textId="77777777" w:rsidTr="00A81FB5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A700727" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="29618E9A" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76CF31FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+          <w:p w14:paraId="1EA8619F" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71911">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05BD5E67" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...1316 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3CB5C2AA" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61617950" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="4128FA11" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7377E094" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="5C0E2488" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58EF8AE5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="259C64C0" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B05A37" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
+    <w:p w14:paraId="7BD1F070" w14:textId="77777777" w:rsidR="00A81FB5" w:rsidRPr="00E71911" w:rsidRDefault="00A81FB5" w:rsidP="00A81FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2081E6D2" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
+    <w:p w14:paraId="6B0D07E4" w14:textId="77777777" w:rsidR="00C63E44" w:rsidRPr="00E71911" w:rsidRDefault="00C63E44">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3280BD10" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:sectPr w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00C63E44" w:rsidRPr="00E71911" w:rsidSect="00E71911">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...18 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...657 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="172"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...668 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00F35D14"/>
+    <w:rsid w:val="00125567"/>
+    <w:rsid w:val="002E1BE6"/>
+    <w:rsid w:val="00316CD4"/>
+    <w:rsid w:val="00393AB3"/>
+    <w:rsid w:val="00400C9A"/>
+    <w:rsid w:val="006357D0"/>
+    <w:rsid w:val="00644EE8"/>
+    <w:rsid w:val="007E22CE"/>
+    <w:rsid w:val="007F7EAD"/>
+    <w:rsid w:val="00A81FB5"/>
+    <w:rsid w:val="00BF746F"/>
+    <w:rsid w:val="00C63E44"/>
+    <w:rsid w:val="00CB505E"/>
+    <w:rsid w:val="00CC0677"/>
+    <w:rsid w:val="00D967BF"/>
+    <w:rsid w:val="00E71911"/>
+    <w:rsid w:val="00F35D14"/>
+    <w:rsid w:val="00F71295"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="73EDAF3D"/>
-  <w15:docId w15:val="{4F46F1A6-8B2D-4918-8FD0-F84DD0C31AAD}"/>
+  <w14:docId w14:val="1B702710"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{67BE51A8-1B95-47C6-A744-DA223684E67E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12350,617 +11212,494 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A81FB5"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00A81FB5"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-[...37 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A81FB5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="character" w:styleId="aa">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00533294"/>
+    <w:rsid w:val="00125567"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="54404002">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="652762380">
-[...51 lines deleted...]
-    <w:div w:id="1844973991">
+    <w:div w:id="400687506">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1707</Words>
-  <Characters>9731</Characters>
+  <Words>1793</Words>
+  <Characters>10224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11416</CharactersWithSpaces>
+  <CharactersWithSpaces>11994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>