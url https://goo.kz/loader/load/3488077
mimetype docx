--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -4,7412 +4,7185 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="242" w:lineRule="auto" w:before="67"/>
-        <w:ind w:left="5299" w:right="1056" w:hanging="1"/>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="73"/>
+        <w:ind w:left="5286"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Қазақстан Республикасы</w:t>
-[...19 lines deleted...]
-        <w:t>министрлігінің</w:t>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="4970" w:right="728" w:firstLine="1"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6028" w:right="743" w:firstLine="5"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>«Республикалық қосымша білім</w:t>
-[...29 lines deleted...]
-        <w:t>директоры</w:t>
+        <w:t>к приказу директора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>РГКП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>«Республиканский</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="5262" w:right="1015"/>
+        <w:ind w:left="5654" w:right="366" w:hanging="3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>2022 ж. «10» ноября</w:t>
-[...9 lines deleted...]
-        <w:t>№ 118</w:t>
+        <w:t>учебно-методический центр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>дополнительного образования»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-67"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>бұйрығына</w:t>
+        <w:t>Министерства просвещения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Республики</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>1-қосымша</w:t>
+        <w:t>Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="11"/>
-[...24 lines deleted...]
-        <w:t>республикалық</w:t>
+        <w:tabs>
+          <w:tab w:pos="9556" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="5354"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>байқауын</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>10»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>қашықтан</w:t>
+        <w:t>ноября_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>2022 г.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>өткізу ережелері</w:t>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="89"/>
+        <w:ind w:right="766" w:hanging="519"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Правила проведения Республиканского дистанционного конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>среди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>членов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>школьного парламента</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>«Портфолио</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>успеха»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="0"/>
-        <w:ind w:left="3544" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="3465" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
+        <w:t>Общие</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ережелер</w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t>положения</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1098" w:val="left" w:leader="none"/>
+          <w:tab w:pos="2561" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="178" w:after="0"/>
+        <w:ind w:left="102" w:right="324" w:firstLine="2124"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила проведения Республиканского дистанционного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса среди членов школьного парламента «Портфолио успеха» (далее –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс) организаций общего среднего образования определяют цель, задачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1996" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
+        <w:ind w:left="102" w:right="325" w:firstLine="1415"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развитие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>популяризация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>школьного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправления,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>навыков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>успешной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самореализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1799" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="1" w:after="0"/>
+        <w:ind w:left="1798" w:right="0" w:hanging="281"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1823" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="1822" w:right="0" w:hanging="305"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>создать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>каждого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ситуацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>успеха;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1902" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="102" w:right="104" w:firstLine="707"/>
+        <w:ind w:left="102" w:right="322" w:firstLine="1415"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жалпы орта білім беру ұйымдарындағы мектеп парламенті мүшелері</w:t>
+        <w:t>поддерживать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интерес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определенному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>виду</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-67"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>арасында</w:t>
-[...194 lines deleted...]
-        <w:t>тәртібін</w:t>
+        <w:t>деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1823" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="321" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="1822" w:right="0" w:hanging="305"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поощрять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>активность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1823" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="1822" w:right="0" w:hanging="305"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>способствовать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развитию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>школьного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>парламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1823" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="102" w:right="322" w:firstLine="1415"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содействовать развитию личности обучающегося, его талантов,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-67"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>анықтайды.</w:t>
+        <w:t>способностей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формированию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общей культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="2116" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="328" w:firstLine="1415"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распространять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>успешный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>активистов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ученического самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1873" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="323" w:firstLine="1415"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учебно-методическим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>центром</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>просвещения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формате.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="1091" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="102" w:right="104" w:firstLine="707"/>
+        <w:ind w:left="1090" w:right="0" w:hanging="281"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Байқау</w:t>
-[...194 lines deleted...]
-        <w:t>дағдыларын</w:t>
+        <w:t>Организаторы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қалыптастыру.</w:t>
+        <w:t>Конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формируют состав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жюри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оргкомитета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="2132"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Сроки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Конкурса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1091" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1278" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
-[...380 lines deleted...]
-        <w:ind w:left="102" w:right="112" w:firstLine="707"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="179" w:after="0"/>
+        <w:ind w:left="102" w:right="325" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>оқушының жеке тұлғасын, оның дарындылығын, қабілетін дамытуға,</w:t>
-[...642 lines deleted...]
-        <w:t>түрде</w:t>
+        <w:t>Конкурсные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принимаются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронную почту</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>konkurs.sotsped@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="1"/>
-[...34 lines deleted...]
-        <w:t>дейін қабылданады.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>до 18.00 часов (по времени г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Астана)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2022 года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:right="103" w:firstLine="707"/>
-[...53 lines deleted...]
-        <w:t>жұмыстары</w:t>
+        <w:ind w:right="326" w:firstLine="707"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Конкурсные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>работы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>поступившие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>оргкомитет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>позднее</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>қарастырылмайды.</w:t>
-[...49 lines deleted...]
-        <w:t>олардың</w:t>
+        <w:t>18.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>часов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-68"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>времени г. Астана) 12 декабря 2022 года, также с нарушениями требований к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ним,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>не рассматриваются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="1040" w:bottom="280" w:left="1600" w:right="740"/>
+          <w:pgMar w:top="1180" w:bottom="280" w:left="1600" w:right="520"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="247" w:lineRule="auto" w:before="67"/>
-[...37 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:spacing w:before="67"/>
+        <w:ind w:right="331" w:firstLine="707"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Итоги конкурса, дипломы победителей, благодарственные письма их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>руководителям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>сертификаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>участников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>будут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>размещены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>сайте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
-          <w:rPr>
-[...11 lines deleted...]
-          <w:t> </w:t>
+          <w:rPr/>
+          <w:t>www.ziyatker.org </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
-        <w:t>сайтында</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>орналастырылады.</w:t>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>2022 года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1185" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1079" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="303" w:lineRule="exact" w:before="0" w:after="0"/>
-        <w:ind w:left="1184" w:right="0" w:hanging="375"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="102" w:right="328" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...75 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="-1"/>
-        </w:rPr>
-        <w:t>Ұйымдастырушылар</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организатор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:t>міндетті</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вправе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:t>әлеуетті</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>продлить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>срок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
-        </w:rPr>
-[...112 lines deleted...]
-        <w:t>хабардар етеді.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организатор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>потенциальных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>участников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изменениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сроков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и размещения итогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на сайте.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1360" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1105" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
-        <w:ind w:left="102" w:right="110" w:firstLine="707"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="327" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Байқауға</w:t>
-[...77 lines deleted...]
-        <w:t>БАҚ</w:t>
+        <w:t>Представленные на конкурс работы не возвращаются. Организаторы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вправе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опубликовать материалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в социальных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сетях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указанием</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>құралдарына жариялауға құқылы.</w:t>
+        <w:t>автора.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1346" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1088" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="235" w:lineRule="auto" w:before="11" w:after="0"/>
-        <w:ind w:left="102" w:right="104" w:firstLine="707"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="330" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...28 lines deleted...]
-        <w:t>үшін</w:t>
+        <w:rPr/>
+        <w:pict>
+          <v:rect style="position:absolute;margin-left:228.770004pt;margin-top:30.71034pt;width:3.48pt;height:.71999pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15728640" filled="true" fillcolor="#ff0000" stroked="false">
+            <v:fill type="solid"/>
+            <w10:wrap type="none"/>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>необходимо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>почту</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="1"/>
+          <w:spacing w:val="-68"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>konkurs.sotsped@mail.ru</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="3"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...62 lines deleted...]
-        <w:t>қажет:</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="1115" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="322" w:lineRule="exact" w:before="2" w:after="0"/>
+        <w:spacing w:line="321" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="1114" w:right="0" w:hanging="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қосымшаға</w:t>
-[...25 lines deleted...]
-        <w:t>үлгі</w:t>
+        <w:t>заявку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...12 lines deleted...]
-        <w:t>өтінім;</w:t>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="1115" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
         <w:ind w:left="1114" w:right="0" w:hanging="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>электронды</w:t>
+        <w:t>конкурсную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронном</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>түрде</w:t>
-[...25 lines deleted...]
-        <w:t>жұмысы.</w:t>
+        <w:t>виде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="810"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>конкурсную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>электронном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:sz w:val="30"/>
+          <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...9 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:right="1015"/>
-[...34 lines deleted...]
-        <w:t>талаптар</w:t>
+        <w:ind w:left="2348"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>участникам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>конкурса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1360" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1245" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="180" w:after="0"/>
-        <w:ind w:left="102" w:right="109" w:firstLine="707"/>
+        <w:ind w:left="102" w:right="324" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конкурсқа</w:t>
-[...90 lines deleted...]
-        <w:t>қатысады:</w:t>
+        <w:t>В Конкурсе принимают участие обучающиеся организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="321" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>орташа</w:t>
+        <w:t>средняя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возрастная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>категория:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жас</w:t>
-[...25 lines deleted...]
-        <w:t>12-14 жас;</w:t>
+        <w:t>лет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ересек</w:t>
+        <w:t>старшая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возрастная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>категория:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жас санаты:</w:t>
-[...12 lines deleted...]
-        <w:t>15-17 жас.</w:t>
+        <w:t>15-17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="1232" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
         <w:ind w:left="1231" w:right="0" w:hanging="422"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Байқау</w:t>
-[...51 lines deleted...]
-        <w:t>өткізіледі:</w:t>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>следующим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номинациям:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1273" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1101" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="102" w:right="324" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Эссе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Каким</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вижу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ученическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>школе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>будущего».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Объем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>эссе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>более</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>страницы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интервал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1,5,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шрифт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="810"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Критерии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>оценки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>конкурсных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответствие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номинации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="102" w:right="105" w:firstLine="707"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>«Болашақ</w:t>
-[...142 lines deleted...]
-        <w:t>14.</w:t>
+        <w:t>полнота</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отражения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>темы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1050" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
+        <w:ind w:left="102" w:right="333" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>знание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фактического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>материала,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>размышлений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>взглядов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="321" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>грамотность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>эстетическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оформление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оригинальность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>новизна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авторской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идеи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1223" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="326" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>презентаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лидер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправления».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Небольшой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>себе,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>классном/школьном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указанием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собственной роли в общественной жизни класса и школы, так же необходимо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>высказать свое мнение по теме: «Что может и должно делать ученическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>школе».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
+        <w:ind w:right="324" w:firstLine="707"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Требование к презентации: не более 10 слайдов. Каждый слайд должен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>содержать заголовок, изображение (фото, картинка, схема и т.п.) и текст.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Титульный лист включает информацию: название номинации, фамилия и имя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>участника,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>возраст,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>e-mail,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>участника,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>полное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>город,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>село.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="810" w:right="4546"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Критерии оценки конкурсных работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>соответствие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="70"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>теме конкурса;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>полнота</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>раскрытия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>темы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1040" w:bottom="280" w:left="1600" w:right="520"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="67"/>
         <w:ind w:left="810"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Байқау</w:t>
-[...9 lines deleted...]
-        <w:t>жұмыстарын</w:t>
+        <w:t>умение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>бағалау</w:t>
+        <w:t>творчески</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>мыслить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="810" w:right="4419"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>точность, ясность, логика изложения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>увлекательность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>подачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="810"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>культура</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>речи,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ораторское</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>мастерство рассказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="1288" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="102" w:right="323" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проектов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Темы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выбор:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Добровольная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помощь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>населению»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Уютный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(интерьер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коридора,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>холла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>др.)»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>«Настроение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="93"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>детства»  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(обучение  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>играм  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>младших  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>школьников  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>и  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>др.),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:right="324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>«Распахни своё сердце» (создание передвижной выставки художественных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>работ, обучение детей основам прикладного творчества и др.), «Зелёная зона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(улица,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>стена и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>др.)»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="810"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Критерии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>критерийлері:</w:t>
+        <w:t>оценки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>конкурсных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>работ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>осы</w:t>
+        <w:t>актуальность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>байқаудың</w:t>
+        <w:t>проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реалистичность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>достижимость</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>целей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="974" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="973" w:right="0" w:hanging="164"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>четкий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>мақсаты мен</w:t>
-[...25 lines deleted...]
-        <w:t>сәйкестігі;</w:t>
+        <w:t>проекта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тақырыпты</w:t>
-[...164 lines deleted...]
-        <w:t>байқаудың</w:t>
+        <w:t>конкретные</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жұмысын</w:t>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>сауатты</w:t>
-[...1655 lines deleted...]
-        <w:t>жоспары;</w:t>
+        <w:t>проекте;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жобадағы</w:t>
-[...62 lines deleted...]
-        <w:t>тарту;</w:t>
+        <w:t>вовлечение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жителей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:pos="974" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="321" w:lineRule="exact" w:before="0" w:after="0"/>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="0" w:after="0"/>
         <w:ind w:left="973" w:right="0" w:hanging="164"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t>жұмысты</w:t>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оформление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ресімдеу</w:t>
-[...25 lines deleted...]
-        <w:t>сапасы,</w:t>
+        <w:t>работы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>көрнекілігі).</w:t>
+        <w:t>(качество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оформления,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>презентабельность).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1350" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1340" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="102" w:right="105" w:firstLine="707"/>
+        <w:ind w:left="102" w:right="330" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Интернеттен</w:t>
-[...181 lines deleted...]
-        <w:t>жарияланбауы</w:t>
+        <w:t>Категорически</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>запрещается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>использование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>чужого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>материала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>материалов из сети Интернет. Конкурсные работы не должны быть ранее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опубликованными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ни</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>керек.</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайте.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:sz w:val="30"/>
+          <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...9 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="2965"/>
+        <w:ind w:left="2783"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...15 lines deleted...]
-        <w:t>қорытындылау</w:t>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Подведение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>итогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Конкурса</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1329" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1233" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="179" w:after="0"/>
-        <w:ind w:left="102" w:right="114" w:firstLine="707"/>
+        <w:spacing w:line="322" w:lineRule="exact" w:before="180" w:after="0"/>
+        <w:ind w:left="1232" w:right="0" w:hanging="423"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Байқау</w:t>
-[...77 lines deleted...]
-        <w:t>анықтайды.</w:t>
+        <w:t>По</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>итогам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>члены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жюри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяют</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>победителей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1473" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1266" w:val="left" w:leader="none"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-        <w:ind w:left="102" w:right="107" w:firstLine="707"/>
+        <w:ind w:left="102" w:right="324" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Байқау</w:t>
-[...246 lines deleted...]
-        <w:t>бағаланады.</w:t>
+        <w:t>Победители Конкурса награждаются дипломами I, II, III степеней,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководители</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>победителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>благодарственными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>письмами,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>участники</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получают</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сертификаты.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оцениваются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возрастным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>категориям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="247" w:lineRule="auto"/>
-[...54 lines deleted...]
-        <w:t>нұсқалары</w:t>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="331" w:firstLine="1415"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Электронные версии дипломов, сертификатов, благодарственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>писем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>будут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>размещены</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на сайте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.ziyatker.org</w:t>
         </w:r>
-        <w:r>
-[...6 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="303" w:lineRule="exact"/>
-[...4 lines deleted...]
-        <w:t>Анықтама</w:t>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="1518"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Телефон для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>справок:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>+7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(7172)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>телефоны: +7 (7172)</w:t>
-[...8 lines deleted...]
-        <w:rPr/>
         <w:t>642731,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-1"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>777</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...48 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>66</w:t>
-[...9 lines deleted...]
-        <w:t>66.</w:t>
+        <w:t>524 77 30,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>775 056</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:spacing w:after="0" w:line="321" w:lineRule="exact"/>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1040" w:bottom="280" w:left="1600" w:right="520"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="3"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>66.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="37"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="37"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="1"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="102" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Қатысушының</w:t>
-[...14 lines deleted...]
-        <w:t>өтінімі</w:t>
+        <w:t>Заявка на участие</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1180" w:bottom="280" w:left="1600" w:right="520"/>
+          <w:cols w:num="2" w:equalWidth="0">
+            <w:col w:w="846" w:space="2836"/>
+            <w:col w:w="6108"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="1" w:after="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="9"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="320" w:type="dxa"/>
+        <w:tblInd w:w="112" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1968"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="2148"/>
+        <w:gridCol w:w="1617"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1379" w:hRule="atLeast"/>
+          <w:trHeight w:val="1380" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="136" w:right="127" w:firstLine="1"/>
+              <w:ind w:left="230" w:right="218"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Қатысушын</w:t>
+              <w:t>Фамилия, имя,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>ың тегі, аты,</w:t>
+              <w:t>возраст</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>участника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="252" w:right="243"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Область,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>город,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>жасы</w:t>
+              <w:t>район, село,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="374" w:right="249" w:hanging="107"/>
-              <w:jc w:val="left"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="252" w:right="241"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Облыс,</w:t>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="232" w:right="225" w:firstLine="4"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Название</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>аудан,</w:t>
+              <w:t>номинации</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-57"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>қала (ауыл),</w:t>
+              <w:t>работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2148" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="199" w:right="190"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Контактные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="199" w:right="190"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>данные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(сотовый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефон, эл.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>білім беру</w:t>
-[...12 lines deleted...]
-              <w:t>ұйымының</w:t>
+              <w:t>почта)</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="264" w:lineRule="exact"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="87" w:right="75"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>аталуы</w:t>
+              <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="134" w:right="123"/>
+              <w:ind w:left="87" w:right="76"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Жұмыстың номинация</w:t>
-[...134 lines deleted...]
-              <w:t>аты-жөні</w:t>
+              <w:t>руководителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="277" w:hRule="atLeast"/>
+          <w:trHeight w:val="275" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2110" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="258" w:lineRule="exact"/>
-              <w:ind w:left="15"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="258" w:lineRule="exact"/>
-              <w:ind w:left="15"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="12"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="1040" w:bottom="280" w:left="1600" w:right="740"/>
+      <w:pgMar w:top="1180" w:bottom="280" w:left="1600" w:right="520"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="1"/>
-[...4 lines deleted...]
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="4">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="102" w:hanging="463"/>
+        <w:ind w:left="102" w:hanging="291"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1046" w:hanging="463"/>
+        <w:ind w:left="1068" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1993" w:hanging="463"/>
+        <w:ind w:left="2037" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2939" w:hanging="463"/>
+        <w:ind w:left="3005" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3886" w:hanging="463"/>
+        <w:ind w:left="3974" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4833" w:hanging="463"/>
+        <w:ind w:left="4943" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5779" w:hanging="463"/>
+        <w:ind w:left="5911" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6726" w:hanging="463"/>
+        <w:ind w:left="6880" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7673" w:hanging="463"/>
+        <w:ind w:left="7849" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="102" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1046" w:hanging="164"/>
+        <w:ind w:left="1068" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1993" w:hanging="164"/>
+        <w:ind w:left="2037" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2939" w:hanging="164"/>
+        <w:ind w:left="3005" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3886" w:hanging="164"/>
+        <w:ind w:left="3974" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4833" w:hanging="164"/>
+        <w:ind w:left="4943" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5779" w:hanging="164"/>
+        <w:ind w:left="5911" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6726" w:hanging="164"/>
+        <w:ind w:left="6880" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7673" w:hanging="164"/>
+        <w:ind w:left="7849" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1114" w:hanging="305"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2480" w:hanging="305"/>
+        <w:ind w:left="1986" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3267" w:hanging="305"/>
+        <w:ind w:left="2853" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4054" w:hanging="305"/>
+        <w:ind w:left="3719" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4842" w:hanging="305"/>
+        <w:ind w:left="4586" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5629" w:hanging="305"/>
+        <w:ind w:left="5453" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6416" w:hanging="305"/>
+        <w:ind w:left="6319" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7204" w:hanging="305"/>
+        <w:ind w:left="7186" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7991" w:hanging="305"/>
+        <w:ind w:left="8053" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1114" w:hanging="305"/>
+        <w:ind w:left="1822" w:hanging="305"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1964" w:hanging="305"/>
+        <w:ind w:left="2616" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2809" w:hanging="305"/>
+        <w:ind w:left="3413" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3653" w:hanging="305"/>
+        <w:ind w:left="4209" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4498" w:hanging="305"/>
+        <w:ind w:left="5006" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5343" w:hanging="305"/>
+        <w:ind w:left="5803" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6187" w:hanging="305"/>
+        <w:ind w:left="6599" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7032" w:hanging="305"/>
+        <w:ind w:left="7396" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7877" w:hanging="305"/>
+        <w:ind w:left="8193" w:hanging="305"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="102" w:hanging="288"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="102" w:hanging="334"/>
+        <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2720" w:hanging="288"/>
+        <w:ind w:left="2420" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="288"/>
+        <w:ind w:left="2620" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4030" w:hanging="288"/>
+        <w:ind w:left="3060" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4821" w:hanging="288"/>
+        <w:ind w:left="4020" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5612" w:hanging="288"/>
+        <w:ind w:left="4981" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6403" w:hanging="288"/>
+        <w:ind w:left="5942" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7194" w:hanging="288"/>
+        <w:ind w:left="6903" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7984" w:hanging="288"/>
+        <w:ind w:left="7864" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
@@ -7460,113 +7233,113 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:styleId="BodyText" w:type="paragraph">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="102"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:styleId="Heading1" w:type="paragraph">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1009"/>
+      <w:ind w:left="1069"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:styleId="ListParagraph" w:type="paragraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="102" w:firstLine="707"/>
+      <w:ind w:left="102" w:hanging="164"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:styleId="TableParagraph" w:type="paragraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="8"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:konkurs.sotsped@mail.ru" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ziyatker.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>