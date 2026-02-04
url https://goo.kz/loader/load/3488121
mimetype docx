--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -1,9591 +1,10741 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3E284265" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00180C86" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="73A8C327" w14:textId="6AC78257" w:rsidR="00B013EC" w:rsidRPr="003D2810" w:rsidRDefault="00F96C74" w:rsidP="00145AF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00180C86">
+      <w:r w:rsidR="00DE17D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...83 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>№25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявля</w:t>
       </w:r>
-      <w:r w:rsidR="00413DC3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE17D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">қыз балаларға арналған </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ет конкурс на должность инструктор</w:t>
       </w:r>
-      <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000E52D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">жүзу нұсқаушысы </w:t>
+        <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="00D70D9E" w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE17D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>лауазымына</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по плаванию</w:t>
       </w:r>
-      <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D2810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+        <w:t xml:space="preserve"> для девочек</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="2558"/>
+        <w:gridCol w:w="7790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="005F1DBA" w14:paraId="302EA883" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FF43B36" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5790731D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B9CF9F9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4AEDB6A0" w14:textId="5B068687" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w14:paraId="17436A22" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09038861" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="0E73108F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67939C18" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6F4EF7B7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D84107" w14:textId="15A4F726" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00F108E4" w:rsidP="003F090F">
+          <w:p w14:paraId="43822968" w14:textId="70E78751" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00DE17D8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...38 lines deleted...]
-              <w:t>49/1</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>140007, Республика Казахстан, Павлодарская область, г.Павлодар, ул.Майры, 49/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w14:paraId="5BD37C5A" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="104B63DC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="5D3C2B80" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3742A9AB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="685DC29C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1373C82F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="003F090F">
+          <w:p w14:paraId="6FFFD733" w14:textId="09960756" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
-            <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="007E0EC9" w:rsidRPr="00180C86">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00DE17D8" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w14:paraId="7F22932F" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B567B42" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="3BF4822F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FC388C4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B628F5C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00180C86" w:rsidRDefault="007E0EC9" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="76C35061" w14:textId="315341DB" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00DE17D8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-              <w:t>@goo.edu.kz</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00180C86" w14:paraId="666CBC1A" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="63213BF2" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C757F50" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72A20909" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="38E42B33" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D418A8A" w14:textId="5CC2AD0D" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="007E0EC9" w:rsidP="00F108E4">
+          <w:p w14:paraId="2C375E16" w14:textId="559DF58C" w:rsidR="00F96C74" w:rsidRPr="00B512B8" w:rsidRDefault="00DE17D8" w:rsidP="00FD1565">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...21 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B512B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Инструктор по плаванию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B512B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B512B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00B512B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00EC2310">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="001C1129">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="005F1DBA" w14:paraId="0DD0E726" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="1C2A5F4E" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="747927D4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0D059779" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A90A74B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11744630" w14:textId="01E4A5B3" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Организует и проводит учебную и учебно-методическую работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B5602D" w14:textId="3F798F9C" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет обучение и воспитание обучающихся с учетом преподаваемой дисциплины в соответствии с государственными общеобязательными стандартами образования. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3775CA" w14:textId="1115DF1F" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует формированию общей культуры личности, выявляет и содействует развитию индивидуальных способностей обучающихся. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AE9F3F" w14:textId="3FC5F7C3" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Использует наиболее эффективные формы, методы и средства обучения, новые педагогические технологии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D201E10" w14:textId="4F133E87" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает получение обучающимися качественных знаний, умений и навыков. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742E0E0C" w14:textId="6CE9F1BA" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Участвует в разработке и выполнении образовательных программ в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25DDD214" w14:textId="35F334A2" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D11C83" w14:textId="3391D3AF" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выполняет требования по безопасности и охране труда при эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F62D08" w14:textId="23B5D334" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="15E49A9E" w14:textId="77777777" w:rsidTr="00145AF2">
+        <w:trPr>
+          <w:trHeight w:val="549"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2096ED2F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5915E03E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7338DEE5" w14:textId="1014DA9E" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CBF0DF" w14:textId="38C7F9D0" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее </w:t>
+            </w:r>
+            <w:r w:rsidR="0078266F" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="000E52D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidR="0078266F" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="4A3D31C6" w14:textId="77777777" w:rsidTr="00145AF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0C5FAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66F9EFEB" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3BBFB6EF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D9BA21" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D75E69C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="6FC64C84" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="4F1CB926" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25725D90" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="1BF7D5C7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7C2FA9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00180C86" w14:paraId="5A1F93EA" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="276B8578" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22404498" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="28AB486E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16944001" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4E067316" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50683676" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00180C86" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w14:paraId="6879E5A3" w14:textId="7EAD547C" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="003D2810">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...63 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="0078266F" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C1129">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="0078266F" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C1129">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+            <w:r w:rsidR="0078266F" w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+            <w:r w:rsidR="001C1129">
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="005F1DBA" w14:paraId="0D09224F" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00145AF2" w14:paraId="134EE8C4" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="087A6243" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="62EC0B9B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A18472E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-          <w:p w14:paraId="706F9B4E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1486304C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04A5F940" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00180C86" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+          <w:p w14:paraId="7AF7982A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="6E57ADBE" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00180C86" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07958B2E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="34B13348" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F092A5F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAB3D00" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D501592" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64586385" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEECB38" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF6FE62" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A89C3AD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4224A807" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00145AF2" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00180C86" w14:paraId="3B9B6B14" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00145AF2" w:rsidRPr="00145AF2" w14:paraId="0D1D5C6D" w14:textId="77777777" w:rsidTr="00145AF2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3275D950" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="163FF65B" w14:textId="0C791514" w:rsidR="00145AF2" w:rsidRPr="00145AF2" w:rsidRDefault="00145AF2" w:rsidP="00145AF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E1E96C5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w14:paraId="2EDACB2A" w14:textId="1C2A4642" w:rsidR="00145AF2" w:rsidRPr="00145AF2" w:rsidRDefault="00145AF2" w:rsidP="00145AF2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="268AF310" w14:textId="30271030" w:rsidR="00B1578A" w:rsidRPr="00180C86" w:rsidRDefault="00413DC3" w:rsidP="00932150">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="1AB0D663" w14:textId="32E5FAB4" w:rsidR="00145AF2" w:rsidRPr="00145AF2" w:rsidRDefault="00145AF2" w:rsidP="00145AF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...132 lines deleted...]
-              <w:t>ж.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00145AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="005F1DBA" w14:paraId="151EBCE0" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...892 lines deleted...]
-      <w:tr w:rsidR="005E1FC3" w:rsidRPr="00180C86" w14:paraId="060FF178" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="4A1260EB" w14:textId="41AFAE51" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4B1A68" w14:textId="77777777" w:rsidR="00B013EC" w:rsidRDefault="00B013EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="16C32D3D" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C4ED0D" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+          <w:p w14:paraId="6BEDC788" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EC6FB24" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+          <w:p w14:paraId="1C0C90E3" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...9 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...9 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="72EF7FA9" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291F1E45" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="690165F6" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D913AF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="75B17A09" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D4F985" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="34A3AC26" w14:textId="77777777" w:rsidR="005E1FC3" w:rsidRPr="00180C86" w:rsidRDefault="005E1FC3" w:rsidP="005E1FC3">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107507BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B67569" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CAF3CE5" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="58AB4CCF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EAE7E43" w14:textId="5242E2BF" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472E9ABE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33388DCE" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="61F35306" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC4EB84" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130C08A0" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00180C86">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA4EA2F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4FB3A45C" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B8D874" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...19 lines deleted...]
-    <w:p w14:paraId="6E54A9A3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="5B38723D" w14:textId="39B54D24" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40FCC7B4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...39 lines deleted...]
-    <w:p w14:paraId="7F2E9B84" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1F8372F1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1122B2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="10DD46CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6CD75D" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="13F198EA" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36840134" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708ED64F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="012F0A93" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C09880" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="04B56559" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21A72D76" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3DFDC6CC" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2587BBDF" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
+    <w:p w14:paraId="4BC05FAD" w14:textId="359F7392" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...70 lines deleted...]
-        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633F0FBC" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
-[...41 lines deleted...]
-    <w:p w14:paraId="3CCED5BD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="2E234917" w14:textId="412187DF" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EA8D1F" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00180C86" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="1AB7B7A6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7234D9D1" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="150D08F0" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709514EB" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="301CAA6B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22506E17" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...20 lines deleted...]
-    <w:p w14:paraId="029C1F6F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="56C28C6F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="009255B2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00180C86">
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6E85D8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="08EE3933" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36152176" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B1793B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A84A7FF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D1182DE" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="3E2DBA21" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00180C86" w14:paraId="32415DC7" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="077261DA" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB4949A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="6C385FA1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00180C86">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DC005B5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="49B99168" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00180C86">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0C2E9A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AA7E378" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="4164B265" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25CE5008" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="4F1CAE9F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00180C86">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A63F31D" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00180C86" w14:paraId="3583F731" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="654AC241" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10B77B94" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4A209228" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A0C9FE6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="5E93D794" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="015F312C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="68C23ACE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BEE06B4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="7E56DC34" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22AEE2E7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="000B3220" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A437210" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="488EA86D" w14:textId="3E665C11" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E03D49" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9BD8E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DD2FBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7D88C8" w14:textId="4CA556D2" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F524B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8D7172" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6345DF67" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A986D14" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149D5902" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736C52CD" w14:textId="1ED42BE9" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB181B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC99A5A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A333EDE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AFFB221" w14:textId="69989D37" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="005E1863" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00473864" w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E61499E" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555223FD" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3B88D6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FD511C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221D7112" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E878778" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>___________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787BA7DA" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00180C86" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="1064EED2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE34072" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00180C86" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w14:paraId="0B2ABB2B" w14:textId="10FDC8EB" w:rsidR="00473864" w:rsidRDefault="00B013EC" w:rsidP="00B013EC">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6150"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...76 lines deleted...]
-        <w:t>___________</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A53EBD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00180C86" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="7311A74D" w14:textId="77777777" w:rsidR="00B013EC" w:rsidRDefault="00B013EC" w:rsidP="00B013EC">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6150"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...424 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...186 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00180C86" w14:paraId="210F0552" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00473864" w14:paraId="3E7828FF" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F30D40A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="015B220A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F43445F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="20357CB4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A2C7F4" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="7E009392" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="29DDB482" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFDB92B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3962A30A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B5794E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="181578DF" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFB7CDB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ACACC5F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF19707" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3BCD99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604B2931" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="584BE617" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00180C86" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="22C9A391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C6EF3F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00180C86" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="772A4DB5" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="2BB33DA6" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C94BEDA" w14:textId="2CF41AC2" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00180C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...154 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D53D7F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00180C86" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...116 lines deleted...]
-    <w:p w14:paraId="13A5037C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00180C86" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="4FE8E3FE" w14:textId="1650D37D" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2128"/>
+        <w:gridCol w:w="5105"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="19BDAD9B" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="2AE66E9C" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C83776D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="347F62E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1602641B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74C72304" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16974E09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4599733B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...163 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="005F1DBA" w14:paraId="64380ABD" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="69124443" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="652E17C8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34534DF1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE1DACF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4594233F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F18FF07" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFC92E5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609C55D9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68964CEE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="3868F6A0" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD1BD91" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15624DDA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77516681" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08D6598E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22364546" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170C5A1C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE9A92E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="520C2EB7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="2553D15A" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCA314B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40D1C391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4869CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="570F5B99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0339E809" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F874083" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C2D7FA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E4825C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4469FCE1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31172E70" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615D4B56" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53201B7A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11CAED1E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F74A8D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F3D4F9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A3E0E74" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79BD423E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA33703" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C825CE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403322FF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04D26E00" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D2B5EB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0999A987" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67095983" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CBBDCA4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0C688D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D13D57F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CF22EBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F82569" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C006B0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CCD43BD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29AC6D2C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56E4FDB6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E608F5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F270AC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D9763E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C99D076" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73DF1196" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB295B6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11264874" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B63BBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1ECB4D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6A3CA9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA60A9E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F22676" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBA7F9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BEA8E4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4261FA3C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C9AD9B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B15FD09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05990110" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59CA7E87" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4864F854" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64978EF2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="3FF2D6DA" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CB9D7DF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1B9331B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209B4135" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="78E68F38" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40114676" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2154C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="71C90517" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D53698" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CBD93C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="599C4D25" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C485BCE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF6E618" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40E61503" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C0FC50" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679C7C4D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79597DBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78FB855C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7939F82D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="1089E5D1" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="48FC376D" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5500D94A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="62293073" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C9CC38D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+          <w:p w14:paraId="6134A203" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4506BFA1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Білімі туралы диплом</w:t>
+          <w:p w14:paraId="3B383F0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EF2614D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...120 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="77D7E07D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCC0489" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D6CF9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BE79DB1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8BE2D6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="4F99591B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="005F1DBA" w14:paraId="5D4BB987" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00473864" w14:paraId="05D02F4B" w14:textId="77777777" w:rsidTr="00473864">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE7298A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55315DE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61EC981F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C94CD5B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0396EBB6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FDD5BD0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A182B54" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C431D85" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00473864" w14:paraId="116A9C30" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15422DA3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1EB2F7A9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CA5E98A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+          <w:p w14:paraId="52D3D6B3" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23FD1BE4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="23E075BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4023BB9E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...1139 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+          <w:p w14:paraId="75116591" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37725553" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78512D82" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="38402F7D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="6B542CED" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="4BE80F39" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D196010" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="41F6A5BE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11870E7F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...34 lines deleted...]
-              <w:t>Санаты.</w:t>
+          <w:p w14:paraId="2E414EBA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0543D8F6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Куәлік, өзге де құжат</w:t>
+          <w:p w14:paraId="1A761435" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16E6F909" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...230 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="3EF1F88A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D8A451" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09249DA2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB3085A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5CBFFA09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="019698AB" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="490B71FF" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="174C5DD6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="209CE363" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B89735" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Педагогикалық қызмет өтілі</w:t>
+          <w:p w14:paraId="3DCC1319" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F8DBC7F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="59058085" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4320515F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DE884C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B8531B8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...76 lines deleted...]
-              <w:t>10 жылдан және одан артық = 3</w:t>
+          <w:p w14:paraId="791F9CD4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD06D52" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FEC9D0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33912766" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A15130" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B4962C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="753B5E1E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="67F1F9DD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="07387553" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="0203BE6A" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="096B7DAA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="57210DE4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC0964E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+          <w:p w14:paraId="2A1EBDE5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="265338D8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="7867BA67" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61B87422" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="3E66F4CF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECA788D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087F7A6A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8CF8FA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1D87E909" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="7FE7E28B" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="2B91ACF7" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BF9B736" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="64AC8833" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55F66616" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+          <w:p w14:paraId="49F2065D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68B7412B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Білім туралы дипломға қосымша</w:t>
+          <w:p w14:paraId="64EAF599" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24DCEA4A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="594BED08" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...110 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+          <w:p w14:paraId="4A14EE73" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200C9C41" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED3215D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B3A5A8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE6F2B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F9A09C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB61246" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0B934383" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="11760DFE" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="44C1B49D" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DEADA8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0EA5584D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35CEDDA3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+          <w:p w14:paraId="783929E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C1999A5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="4409A25E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A6B801" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56EDDF9E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA8A7C1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2738A4E1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D282A34" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+          <w:p w14:paraId="431A18B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3206AE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43543B5C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="29372CE2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00180C86" w14:paraId="64C49BC4" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="7C25BFC5" w14:textId="77777777" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79038D61" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="563AD50F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1853C6B7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+          <w:p w14:paraId="2A0C7B1D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60FB1359" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00180C86" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...1297 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w14:paraId="3BDBD922" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DD6A289" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00180C86" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="4F3AE146" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E261FE2" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00180C86" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="497C8444" w14:textId="46D6EF66" w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidRDefault="00D15008" w:rsidP="0086672B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A21132" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00180C86" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00180C86" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01A263F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+    <w:tmpl w:val="72FCA9A6"/>
+    <w:lvl w:ilvl="0" w:tplc="35B4914C">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37573D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71809938"/>
+    <w:lvl w:ilvl="0" w:tplc="138EA222">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB43ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3CAE19E"/>
+    <w:lvl w:ilvl="0" w:tplc="94364D1C">
+      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -9641,1287 +10791,279 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB01178"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EC7719F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="D6B2FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-[...114 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...319 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="1" w16cid:durableId="806892893">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1721057529">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="2" w16cid:durableId="1381439323">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="907570167">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="827482613">
+  <w:num w:numId="3" w16cid:durableId="679628553">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1772159358">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="1291790869">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...639 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D15008"/>
+    <w:rsid w:val="000602B3"/>
+    <w:rsid w:val="000A3CB6"/>
+    <w:rsid w:val="000C29B7"/>
+    <w:rsid w:val="000D1402"/>
+    <w:rsid w:val="000E52D8"/>
+    <w:rsid w:val="0010189D"/>
+    <w:rsid w:val="00145AF2"/>
+    <w:rsid w:val="001C1129"/>
+    <w:rsid w:val="001C307C"/>
+    <w:rsid w:val="001D7957"/>
+    <w:rsid w:val="001E6C21"/>
+    <w:rsid w:val="00251E0D"/>
+    <w:rsid w:val="002E5399"/>
+    <w:rsid w:val="002F715E"/>
+    <w:rsid w:val="00326737"/>
+    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00352A81"/>
+    <w:rsid w:val="0036559D"/>
+    <w:rsid w:val="00384B44"/>
+    <w:rsid w:val="00392D5B"/>
+    <w:rsid w:val="003D2810"/>
+    <w:rsid w:val="00444ABB"/>
+    <w:rsid w:val="00473864"/>
+    <w:rsid w:val="00487858"/>
+    <w:rsid w:val="004B007C"/>
+    <w:rsid w:val="004C4ACD"/>
+    <w:rsid w:val="004E793C"/>
+    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00573DEB"/>
+    <w:rsid w:val="005A058B"/>
+    <w:rsid w:val="005C1F7D"/>
+    <w:rsid w:val="005D26C1"/>
+    <w:rsid w:val="005E1863"/>
+    <w:rsid w:val="00624187"/>
+    <w:rsid w:val="00687DFB"/>
+    <w:rsid w:val="006921DD"/>
+    <w:rsid w:val="006C7B3C"/>
+    <w:rsid w:val="007043A0"/>
+    <w:rsid w:val="007315DA"/>
+    <w:rsid w:val="00737F5A"/>
+    <w:rsid w:val="0078266F"/>
+    <w:rsid w:val="007D699F"/>
+    <w:rsid w:val="007F1CC4"/>
+    <w:rsid w:val="0086672B"/>
+    <w:rsid w:val="008A4F3B"/>
+    <w:rsid w:val="009171DC"/>
+    <w:rsid w:val="00947BD9"/>
+    <w:rsid w:val="00A52003"/>
+    <w:rsid w:val="00A9508F"/>
+    <w:rsid w:val="00AF414D"/>
+    <w:rsid w:val="00B013EC"/>
+    <w:rsid w:val="00B46C32"/>
+    <w:rsid w:val="00B512B8"/>
+    <w:rsid w:val="00B6148F"/>
+    <w:rsid w:val="00B95334"/>
+    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00C52DEF"/>
+    <w:rsid w:val="00D15008"/>
+    <w:rsid w:val="00D75259"/>
+    <w:rsid w:val="00DE17D8"/>
+    <w:rsid w:val="00E36BC9"/>
+    <w:rsid w:val="00E66D54"/>
+    <w:rsid w:val="00E940AB"/>
+    <w:rsid w:val="00EB3DC3"/>
+    <w:rsid w:val="00EB72DF"/>
+    <w:rsid w:val="00ED74E3"/>
+    <w:rsid w:val="00F011C3"/>
+    <w:rsid w:val="00F557DC"/>
+    <w:rsid w:val="00F96C74"/>
+    <w:rsid w:val="00FD1565"/>
+    <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="68C65A9F"/>
-  <w15:docId w15:val="{EF02236F-09CF-48E8-BCA7-197E4AF9DED3}"/>
+  <w14:docId w14:val="79FD4E9F"/>
+  <w15:docId w15:val="{EAD890CB-428D-46D9-93DC-060E0BD14D27}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11267,223 +11409,368 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F96C74"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00D15008"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...12 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Основ_Текст"/>
-    <w:rsid w:val="008D6A9A"/>
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00C301E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...10 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00352373"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D1402"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="177474224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="788625376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
+    <w:div w:id="808205688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1304508421">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1377007951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469396259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1537738892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1540969039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1673415567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1931886486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2018968600">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2046952111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2109153722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2135056280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -11538,84 +11825,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11751,82 +12040,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25A08BC6-62F0-444F-AB58-99365D7C61E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2CD9ACE-45CC-42F4-8A63-5904B413C251}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1654</Words>
-  <Characters>9428</Characters>
+  <Words>1816</Words>
+  <Characters>10352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11060</CharactersWithSpaces>
+  <CharactersWithSpaces>12144</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>