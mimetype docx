--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -1,2562 +1,1138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="002D4608" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00184C47" w:rsidRPr="00184C47" w:rsidRDefault="00EB43F2" w:rsidP="00184C47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00184C47" w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRPr="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель КГКП ЦЗРДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRPr="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRPr="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мухаметжанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Л.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002D4608">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B26911" w:rsidRPr="00697AC2" w:rsidRDefault="00EB43F2" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00697AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB43F2" w:rsidRPr="00697AC2" w:rsidRDefault="008621A4" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00F612AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C6346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C6346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - поздравлений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00697AC2" w:rsidRPr="00697AC2" w:rsidRDefault="00F72487" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26911" w:rsidRPr="00697AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьного </w:t>
+      </w:r>
+      <w:r w:rsidR="001A28EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ученического </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26911" w:rsidRPr="00697AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самоуправления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F612AD" w:rsidRDefault="00F612AD" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00697AC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Мой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00697AC2">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002D4608">
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00697AC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, моя Земля!»</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002D4608">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в рамках празднования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB43F2" w:rsidRPr="00697AC2" w:rsidRDefault="00F612AD" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дня</w:t>
+      </w:r>
+      <w:r w:rsidR="00697AC2" w:rsidRPr="00697AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Независимости Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00697AC2" w:rsidRDefault="00697AC2" w:rsidP="00697AC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00184C47" w:rsidRPr="008174B0" w:rsidRDefault="00184C47" w:rsidP="00184C47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I.ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="008621A4" w:rsidP="008621A4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00184C47" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее положение определяет порядок организации и проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C6346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онлайн-поздравлений</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00184C47" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72487">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00184C47" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьного ученического самоуправления «</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мой </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...70 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, моя Земля!</w:t>
+      </w:r>
+      <w:r w:rsidR="00184C47" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в рамках празднования </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дня Независимости Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее именуется – мероприятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00184C47" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="00184C47" w:rsidP="006A7BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="008621A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Организаторами мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Центр занятости и развития детской одаренности «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>» отдела образования города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="002D4608" w:rsidRDefault="00EA7B33" w:rsidP="006B3916">
-[...89 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="00184C47" w:rsidP="006A7BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...106 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="008174B0" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Цели и задачи</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB43F2" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="006A7BCC" w:rsidP="006A7BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...225 lines deleted...]
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="0036699C" w:rsidRDefault="00EA7B33" w:rsidP="0036699C">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008621A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E74907" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Повышение значимости, популяризация достижений страны за годы Независимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="006A7BCC" w:rsidP="006A7BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1605 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB43F2" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>оспитание у молодого поколения чувс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>тва патриотизма, любви к Родине;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E74907" w:rsidRPr="008174B0" w:rsidRDefault="006A7BCC" w:rsidP="006A7BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">-    </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="00E74907" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">развитие творческого потенциала учащихся; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="008621A4" w:rsidRDefault="006A7BCC" w:rsidP="008621A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. ПОРЯДОК ПРОВЕДЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="006A7BCC" w:rsidRPr="008174B0" w:rsidRDefault="0018140A" w:rsidP="008621A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>В мероприятии</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> принимают участие </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>школьное ученическое самоуправление</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="006A7BCC" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">общеобразовательных школ города </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00EB43F2" w:rsidRPr="008174B0" w:rsidRDefault="0018140A" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2.2. Сроки проведения:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+        <w:t xml:space="preserve">2.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3DD7" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки</w:t>
+      </w:r>
+      <w:r w:rsidR="00110F65" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB43F2" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>проведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00110F65" w:rsidRPr="008174B0" w:rsidRDefault="004D3DD7" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve">с 1 по </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">материала на </w:t>
+        <w:t xml:space="preserve">с 1 по 9 декабря 2022 г. - </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB43F2" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>прием видео матери</w:t>
+      </w:r>
+      <w:r w:rsidR="00110F65" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">. почту: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="008174B0">
           <w:rPr>
             <w:rStyle w:val="a3"/>
@@ -2620,51 +1196,51 @@
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="008174B0">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="25"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="004D3DD7" w:rsidRPr="008174B0" w:rsidRDefault="004D3DD7" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">12 декабря 2022 г. – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2724,747 +1300,775 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>daryny</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="0018140A" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+      <w:r w:rsidR="00FD17D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A41E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>ТРЕБОВАНИЯ К УЧАСТНИКАМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="0018140A" w:rsidP="00ED69EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>На мероприятие</w:t>
       </w:r>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставляются видеоролики, снятые (созданные) любыми доступными средствами, с</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A41E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">оответствующие тематике </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="00ED69EF" w:rsidP="0018140A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD17D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Требования к </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FD17D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>видеороликам</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="00FD17D8" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>максимальная продолжительность видеоролика -</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> минут</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="00FD17D8" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>- видеоролики</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> принимаются на 2-х языках (казахском и русском);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="00FD17D8" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>- видео</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>ролики должны быть хорошего качества.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="0018140A" w:rsidRPr="008174B0" w:rsidRDefault="00FD17D8" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">Для участия в </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A41E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>мероприятии</w:t>
       </w:r>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> необходимо </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>разместить видеоролик</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> на школьной странице </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>инстаграм</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>, отметить страницу @</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pavlodar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="0018140A" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>daryny</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008174B0">
+      <w:r w:rsidR="00ED69EF" w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="00FD17D8" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00FD17D8" w:rsidRPr="00FD17D8" w:rsidRDefault="00FD17D8" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00ED69EF" w:rsidP="008174B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IV</w:t>
       </w:r>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">КРИТЕРИИ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4.1. Соответстви</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>е видеоролика тематике мероприятия</w:t>
       </w:r>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2. Творческая новизна. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. Оригинальность. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4. Наличие звукового сопровождения, видеоэффекты. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.5. Общее эмоциональное восприятие. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="008174B0" w:rsidRDefault="00223326" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4.6. Позитивный посыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="008174B0" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00AC0F3F" w:rsidRPr="008174B0" w:rsidRDefault="00AC0F3F" w:rsidP="00ED69EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="00EA7B33" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="00223326" w:rsidRPr="009C6346" w:rsidRDefault="008621A4" w:rsidP="008621A4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7B33">
+      <w:r w:rsidRPr="009C6346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008621A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ИТОГИ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7B33" w:rsidRPr="007E21B1" w:rsidRDefault="00EA7B33" w:rsidP="00EA7B33">
+    <w:p w:rsidR="008621A4" w:rsidRPr="009C6346" w:rsidRDefault="008621A4" w:rsidP="008621A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>Видеозаписи лучших участников будут тра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -3512,63 +2116,77 @@
         </w:rPr>
         <w:t>pavlodar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008174B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>daryny</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007E21B1">
+      <w:r w:rsidR="009C6346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008621A4" w:rsidRPr="008174B0" w:rsidRDefault="008621A4" w:rsidP="007E21B1">
+    <w:p w:rsidR="008621A4" w:rsidRPr="008621A4" w:rsidRDefault="008621A4" w:rsidP="008621A4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008621A4" w:rsidRPr="008174B0" w:rsidRDefault="008621A4" w:rsidP="008621A4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008621A4" w:rsidRPr="008174B0" w:rsidSect="00184C47">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -3876,81 +2494,76 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB43F2"/>
-    <w:rsid w:val="00087B0E"/>
     <w:rsid w:val="00110F65"/>
     <w:rsid w:val="0018140A"/>
     <w:rsid w:val="00184C47"/>
     <w:rsid w:val="001A28EE"/>
     <w:rsid w:val="00223326"/>
-    <w:rsid w:val="002D4608"/>
-    <w:rsid w:val="0036699C"/>
     <w:rsid w:val="00414190"/>
     <w:rsid w:val="004D3DD7"/>
     <w:rsid w:val="00557C1B"/>
+    <w:rsid w:val="005F0E18"/>
     <w:rsid w:val="00697AC2"/>
     <w:rsid w:val="006A7BCC"/>
-    <w:rsid w:val="006B3916"/>
-    <w:rsid w:val="007E21B1"/>
     <w:rsid w:val="008174B0"/>
-    <w:rsid w:val="0082789C"/>
     <w:rsid w:val="008621A4"/>
     <w:rsid w:val="008A41E0"/>
-    <w:rsid w:val="009E623B"/>
+    <w:rsid w:val="009C6346"/>
     <w:rsid w:val="00AC0F3F"/>
     <w:rsid w:val="00B26911"/>
     <w:rsid w:val="00B74A93"/>
-    <w:rsid w:val="00C57A73"/>
+    <w:rsid w:val="00B845D8"/>
     <w:rsid w:val="00D41A25"/>
     <w:rsid w:val="00E176F4"/>
     <w:rsid w:val="00E74907"/>
-    <w:rsid w:val="00EA7B33"/>
     <w:rsid w:val="00EB43F2"/>
     <w:rsid w:val="00ED69EF"/>
     <w:rsid w:val="00F612AD"/>
+    <w:rsid w:val="00F72487"/>
     <w:rsid w:val="00FD17D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4269,52 +2882,50 @@
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1311711321">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -4565,71 +3176,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3588</Characters>
+  <Pages>1</Pages>
+  <Words>314</Words>
+  <Characters>1790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4209</CharactersWithSpaces>
+  <CharactersWithSpaces>2100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>