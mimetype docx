--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,1162 +1,1045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="318915DD" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="3C4EDB55" w14:textId="647006D9" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="009A2640">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының №26 арнайы балабақшасы»</w:t>
+        <w:t>Результаты конкурса</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73187C20" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="35DDDAB1" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КМҚК бойынша</w:t>
+        <w:t xml:space="preserve">на занятие вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5EC459" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="07A63016" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагогтердің бос және (немемсе) уақытша бос лауазымдарына тағайындау конкурсының нәтижесі</w:t>
+        <w:t xml:space="preserve">по КГКП «Специальный детский сад </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079F5364" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="61F2B449" w14:textId="1B1B76B8" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№26 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FB4284" w14:textId="77777777" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="1973"/>
+        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="1920"/>
+        <w:gridCol w:w="1707"/>
+        <w:gridCol w:w="1811"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF59F5" w14:paraId="1E35AA3E" w14:textId="77777777" w:rsidTr="00BF59F5">
-[...13 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="008339FD" w:rsidRPr="008339FD" w14:paraId="29521345" w14:textId="77777777" w:rsidTr="008339FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60338E4E" w14:textId="77777777" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008339FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2860" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E723B3" w14:textId="2B790894" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225149F1" w14:textId="28519B32" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="238E7A12" w14:textId="38876F78" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Лауазымы </w:t>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">Должность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008339FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEDBE03" w14:textId="39A0D24E" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нәтиже </w:t>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008339FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ескертпе </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9F38C7" w14:textId="09E1F5D2" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008339FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF59F5" w14:paraId="3A03EC15" w14:textId="77777777" w:rsidTr="00BF59F5">
-[...13 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="008339FD" w14:paraId="4A4F74BD" w14:textId="77777777" w:rsidTr="008339FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBA03E6" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2860" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1734737C" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шойынбаева Фаруза Ырыспековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="523F2939" w14:textId="19F6E9F7" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орта-арнайы</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>Средне-специальное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1D4CFE" w14:textId="55FDA2C2" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әдіскер </w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Методист </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F8B94" w14:textId="218E94B3" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурсттан өтті</w:t>
-[...15 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>Прошла конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343AAEC4" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="00FD2E1A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF59F5" w14:paraId="429765B1" w14:textId="77777777" w:rsidTr="00BF59F5">
-[...13 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="008339FD" w14:paraId="06E00478" w14:textId="77777777" w:rsidTr="008339FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="653E40D6" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2860" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1973" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204A4B34" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Куклина Ирина Всеволодовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D33CE39" w14:textId="3E32D4C6" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жоғары</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277B53B9" w14:textId="6CCEE599" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ән-күй жетекшісі</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>Музыкальынй руководитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4147B314" w14:textId="7BC156F1" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошла конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ADDC0E" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008339FD" w14:paraId="51460452" w14:textId="77777777" w:rsidTr="008339FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B181AFA" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурстан өтті</w:t>
-[...42 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1973" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CFC92E" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t>Абишева Молдир Жанатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1861" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C65B3D1" w14:textId="37C3E0FC" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Абишева Молдир Жанатовна</w:t>
-[...16 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B0250D" w14:textId="1B84C903" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...81 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Воспитатель  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1707" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048A528C" w14:textId="5768EF22" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65A4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошла конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498D6AC6" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EF69C70" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="0620A831" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05DC635C" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="2DE11095" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72DC7ED6" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="2E45E11F" w14:textId="3C756793" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурстық комиссияның </w:t>
+        <w:t>Секретарь конкурсной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFABD59" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="49DA368E" w14:textId="4C212A00" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="009368D9" w:rsidP="008339FD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                                     Н.Ш. Талас </w:t>
+        <w:t>комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="008339FD" w:rsidRPr="008339FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     Талас Н.Ш.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213EBE80" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="536BCCB0" w14:textId="77777777" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F1EECB1" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="69985360" w14:textId="3DE7166E" w:rsidR="008339FD" w:rsidRDefault="009368D9" w:rsidP="008339FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2022 жылғы 29 қараша</w:t>
+        <w:t>29 ноября 2022 год</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606B4B58" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="13C3891B" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F36515A" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="4F6F949E" w14:textId="77777777" w:rsidR="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31DBB021" w14:textId="77777777" w:rsidR="00BF59F5" w:rsidRDefault="00BF59F5" w:rsidP="00BF59F5">
+    <w:p w14:paraId="4FD50A6B" w14:textId="77777777" w:rsidR="008339FD" w:rsidRPr="008339FD" w:rsidRDefault="008339FD" w:rsidP="008339FD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A75E962" w14:textId="77777777" w:rsidR="00866742" w:rsidRDefault="00866742"/>
-    <w:sectPr w:rsidR="00866742">
+    <w:sectPr w:rsidR="008339FD" w:rsidRPr="008339FD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00866742"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF59F5"/>
+    <w:rsidRoot w:val="007A2DAE"/>
+    <w:rsid w:val="007A2DAE"/>
+    <w:rsid w:val="008339FD"/>
+    <w:rsid w:val="009368D9"/>
+    <w:rsid w:val="009A2640"/>
+    <w:rsid w:val="00DB0A82"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="037C7DBF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B8C78926-490A-4509-ADCB-22BDF301611C}"/>
+  <w15:docId w15:val="{3A7B2D54-41A1-4DDF-8016-8494FFE399E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1514,131 +1397,111 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF59F5"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00BF59F5"/>
+    <w:rsid w:val="008339FD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008339FD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1905,54 +1768,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>80</Words>
-  <Characters>458</Characters>
+  <Words>83</Words>
+  <Characters>476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>537</CharactersWithSpaces>
+  <CharactersWithSpaces>558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>