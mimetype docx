--- v0 (2025-12-09)
+++ v1 (2025-12-19)
@@ -1,2597 +1,4261 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...33 lines deleted...]
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0084499C">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0084499C">
+        <w:t xml:space="preserve">өмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Үкіметінің 2008 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтардағы N 64 Қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. Қаулының тақырыбы жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 30.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 949</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2021 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Білім туралы" Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Закона </w:t>
+          <w:t>З</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="002A1570">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аңын</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> іске асыру мақсатында Қазақстан Республикасының Үкіметі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Сноска. Пункт 1 - в редакции постановления Правительства РК от 30.12.2020 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:t>      Ескерту. Кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іспе жаңа редакцияда - ҚР Үкіметінің 08.08.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 544</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Қоса беріліп отырған Мемлекеттік білім беру ұйымдарының мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="002A1570">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 30.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="002A1570">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 949</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (вводится в действие с 01.01.2021).</w:t>
-[...59 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:t> (01.01.2021 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мыналардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) "Қазақстан Республикасында орта білім жүйесін одан әрі реформалау жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 1998 жылғы 28 тамыздағы N 812 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қаулысы </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Қазақстан Республикасының ПҮАЖ-ы, 1998 ж., N 29, 258-құжат), 1-тармағының, 3-тармағы 2) тармақшасының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "Қазақстан Республикасы Үкіметінің 1998 жылғы 28 тамыздағы N 812 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2000 жылғы 10 шілдедегі N 1047 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="002A1570">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>постановления </w:t>
+          <w:t>қаулысының </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...79 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-тармағы 3) тармақшасының күші жойылды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі және ресми жариялануы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblInd w:w="1635" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12593"/>
-        <w:gridCol w:w="787"/>
+        <w:gridCol w:w="13380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidTr="0084499C">
+      <w:tr w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidTr="002A1570">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="13380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+          <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084499C">
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="2"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Премьер-Министр</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidTr="002A1570">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="13380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+          <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002A1570">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Премьер-Министрі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidTr="0084499C">
+    </w:tbl>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13542" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10423"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidTr="002A1570">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="10423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+          <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084499C">
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
-[...67 lines deleted...]
-          <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+          <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0084499C">
+            <w:bookmarkStart w:id="0" w:name="z33"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...45 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>постановлением Правительства</w:t>
+              <w:t>Үкіметінің</w:t>
             </w:r>
-            <w:r w:rsidRPr="0084499C">
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">2008 жылғы </w:t>
             </w:r>
-            <w:r w:rsidRPr="0084499C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A1570">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A1570">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A1570">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>от 25 января 2008 года № 64</w:t>
+              <w:t>№ 64 қаулысымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A1570">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...56 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. Қағидалар жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 30.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 949</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2021 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Қағидалар "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңы 4-бабының 21) тармақшасына сәйкес әзірленген және мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің мынадай санаттарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек алуға құқығы бар отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) мемлекеттік атаулы әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – білім алушылар мен тәрбиеленушілер) қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен есепке алу тәртібін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қамқоршылық кеңес білім беру ұйымының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалы басқару органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен есепке алу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...31 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z41"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім алушылар мен тәрбиеленушілерге қаржылық және материалдық көмек көрсетуге бағытталатын қаражат көлемі кепілденді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілген әлеуметтік пакетпен қамтамасыз ету қажеттігі ескеріле отырып, жалпы білім беретін мектептерді ағымдағы күтіп-ұстауға және шаруашылық жүргізу құқығындағы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіпорындарда орта білім беруге мемлекеттік білім беру тапсырысын орналастыруға бөлінетін бюджет қаражатының жиынтық көлемінің кемінде екі пайызы мөлшерінде мемлекеттік білім беру ұйымдары арасында осы Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпунктом 21)</w:t>
+          <w:t>1-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...11 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген санаттарға жатқызылған білім алушылар мен тәрбиеленушілердің контингентіне </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тепе-те</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Материалдық көмек көрсетуге бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інетін бюджет қаражаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) киім, аяқ киім, мектеп-жазу керек-жарақтарын сатып алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымында болған кезеңде бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттік тамақтандыруды ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) қаржылық көмек көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) мәдени-бұқаралық және спорттық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) жалпы білім беретін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндер бойынша қосымша сабақтарды (бұдан әрі – қосымша сабақтар) ұйымдастыруға бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...66 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қаржылық көмек көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пункте</w:t>
+          <w:t>4) тармақшасында</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="0084499C">
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген білім алушылар мен тәрбиеленушілер үшін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қаражатты жұмсаудың басым бағыты білім беру ұйымында болған кезеңде бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттік тамақтандыруды ұйымдастыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Облыстардың, республикалық маңызы бар қалалардың және астананың білім беру саласындағы жергілікті атқарушы органдары әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушы мен тәрбиеленушіге киім, аяқ киім, мектеп-жазу керек-жарақтарын сатып алуға арналған бюджет қаражатының көлемін қолданыстағы республикалық бюджет туралы заңнамаға сәйкес ең төмен күнкө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс деңгейінің шамасынан төмен емес мөлшерде белгілейді. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 1</w:t>
+          <w:t>1-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген санаттарға жатқызылған білім алушылар мен тәрбиеленушілерге киім, аяқ киім, мектеп керек-жарақтарын сатып алу үшін материалдық көмек ата-анасының немесе оларды алмастыратын адамдардың не кәмелеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа толған білім алушының өтінішіне сәйкес ақшалай нысанда жүзеге асырылады, қаражаттың нысаналы пайдаланылуы олар сатып алынған күннен бастап 15 жұмыс күні ішінде білім беру ұйымына міндетті түрде құжаттамамен (төлем туралы түбіртектер, чектер, фото) расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жергілікті өкілді органдар қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала сыртындағы және мектеп жанындағы лагерьлерге жолдамалар беру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін жергілікті бюджеттерде қосымша қаражат көздеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Қала сыртындағы және мектеп жанындағы демалыс лагерьлеріне жолдамалар сатып алу, мәдени-бұқаралық және спорттық і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қатысу, сондай-ақ қосымша сабақтар ұйымдастыру осы Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 1)</w:t>
+          <w:t>1) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген білім алушылар мен тәрбиеленушілерге де қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оқу жоспары мен бағдарламалары бойынша бөлінген оқу уақытынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәндер (пәндер және пәндер циклдері) бойынша білім алушылармен және тәрбиеленушілермен қосымша сабақтар ұйымдастыруды мемлекеттік білім беру ұйымдары қашықтан оқыту кезінде пайдаланылатын ақпараттық-коммуникациялық технологиялар және телекоммуникациялық құралдар арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пункте 1</w:t>
+          <w:t>1) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген білім алушылар мен тәрбиеленушілерге осы тармақтың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 1)</w:t>
+          <w:t>1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...130 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 4)</w:t>
+          <w:t>2) тармақшаларында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген материалдық көмек заңнамада белгіленген кепілдік берілген әлеуметтік пакет шеңберінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...92 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 3-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 08.08.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 544</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге қаражат ата-анасының немесе оларды алмастыратын адамдардың не кәмелетке толған білім алушының өтініші негізінде бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымында өтініштерді қарау үшін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші басшының шешімімен жауапты тұлға бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жауапты тұлға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z58" w:history="1">
+        <w:r w:rsidRPr="002A1570">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 1)</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша қаржылық және материалдық көмек алуға өтініштерді тіркеу журналын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...68 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-анасының немесе оларды алмастыратын адамдардың не кәмелеттік жасқа толған білім алушының (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – өтініш беруші) өтініші осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z60" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша білім беру ұйымына оның бірінші басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өтініш қажетті құжаттармен бірге өтініш түскен күннен бастап он </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бес ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс күні ішінде қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтініш беруші құжаттарды көшірмелерде және салыстырып тексеру үшін тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсқаларда ұсынады, содан кейін осы Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...58 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпунктах 1)</w:t>
+          <w:t>2) тармақшаларында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалар санатын қоспағанда, түпнұсқалар өтініш берушіге қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Білім беруді басқару органы немесе жауапты тұлға өтініш берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2)</w:t>
+          <w:t>1) тармақшасынд</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...34 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а көрсетілген тұлғалар санатына тиесілігі жөніндегі, сондай-ақ осы Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 1)</w:t>
+          <w:t>2) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалардың табысы туралы мәліметтерді алу үшін мемлекеттік органдардың тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ақпараттық жүйелеріне сұрау салу жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтінішке растайтын құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 2)</w:t>
+          <w:t>3) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалар санаты үшін отбасыларда тәрбиеленетін жетім балаларға және ата-анасының қамқорлығынсыз қалған балаларға қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 3)</w:t>
+          <w:t>4) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалар санаты үшін "Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 23 қаңтардағы № 46 бұйрығымен (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10325 болып тіркелген) бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тергеп-тексеру қағидаларына сәйкес табиғи және техногендік сипаттағы төтенше жағдайлардың туындауына әкеп соққан авариялардың, зілзалалардың, апаттардың себептерін тергеп-тексеру акті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оса</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...32 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Правилами</w:t>
+          <w:t>5) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалардың санатын отбасының материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрмыстық жағдайын тексеру қорытындысы негізінде білім беру ұйымының алқалы органы анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтініш берушінің (отбасының) материалдық жағдайын тексеру өтініш берушінің, ал ол болмаған жағдайда отбасының кәмелетке толған, әрекетке қабілетті мүшелерінің бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің қатысуымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z62" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 4)</w:t>
+          <w:t>3-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша тексеру қорытындысына алқалы басқару органның өкілдері, жауапты тұлға қол қояды және танысу үшін өтініш берушіге, ал ол болмаған жағдайда, оның қатысуымен отбасының тексеру жүргізуге қатысқан кәмелетке толған, әрекетке қабілетті мүшесіне ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтініш берушінің, ал ол болмаған жағдайда – отбасының кәмелетке толған, әрекетке қабілетті мүшелерінің бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің тексеру жүргізуден бас тартуы алқалы басқару органның өкілдері қол қоятын қорытындыда тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Алқалы басқару органының отырыстары осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпункте 5)</w:t>
+          <w:t>4-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша хаттамамен ресімделеді, оған алқалы басқару органның қатысып отырған өкілдері, жауапты тұлға қол қояды және білім беру ұйымының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші басшысының шешімімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қаржылық және материалдық көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...42 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інеу жалған ақпарат және (немесе) дәйексіз құжаттар ұсынған адамдарға (отбасыларға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) материалдық жағдайын тексеру нәтижелері бойынша дайындалған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалы басқару органының қорытындысына сәйкес материалдық көмек көрсетуді қажет етпейтін адамдарға (отбасыларға) тағайындалмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 1-тармағының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 3</w:t>
+          <w:t>4) тармақшасында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...58 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген білім алушылар мен тәрбиеленушілерді қоспағанда, осы Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 4</w:t>
+          <w:t>1-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...32 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> көрсетілген тұлғалар санаттарына жатқызылған білім алушылар мен тәрбиеленушілердің білім алуы кезеңінде қаржылық және материалдық көмек алу құқығы білім беру ұйымына құжаттар ұсыну арқылы оқу жылына бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...92 lines deleted...]
-        <w:r w:rsidRPr="0084499C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің 08.08.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="002A1570">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:spacing w:val="2"/>
+            <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пункте 1</w:t>
+          <w:t>№ 544</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0084499C">
-[...33 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidRDefault="0084499C" w:rsidP="00DB6530">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражаттың мақсатты жұмсалуын білім беру ұйымдарының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші басшылары қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1570" w:rsidRPr="002A1570" w:rsidRDefault="002A1570" w:rsidP="002A1570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...66 lines deleted...]
-    <w:sectPr w:rsidR="0084499C" w:rsidRPr="0084499C" w:rsidSect="00E64E8F">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражаттың түсуі мен пайдаланылуын есепке алуды білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A1570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкілетті органның немесе білім ұйымының қаржы қызметі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C6794" w:rsidRPr="002A1570" w:rsidRDefault="008C6794" w:rsidP="002A1570">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008C6794" w:rsidRPr="002A1570" w:rsidSect="002A1570">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="850" w:right="1134" w:bottom="1418" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -2605,53 +4269,53 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="7F2D3350"/>
+    <w:nsid w:val="4D4F0D87"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="89EC9B6E"/>
+    <w:tmpl w:val="331C0A94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2761,104 +4425,284 @@
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00110870"/>
+    <w:rsidRoot w:val="00CA224C"/>
+    <w:rsid w:val="00000343"/>
+    <w:rsid w:val="00002CD2"/>
+    <w:rsid w:val="00006B7E"/>
+    <w:rsid w:val="00026DAD"/>
     <w:rsid w:val="00031A4B"/>
-    <w:rsid w:val="00110870"/>
+    <w:rsid w:val="00036811"/>
+    <w:rsid w:val="000379C7"/>
+    <w:rsid w:val="0004782E"/>
+    <w:rsid w:val="00052C55"/>
+    <w:rsid w:val="000573E5"/>
+    <w:rsid w:val="00057493"/>
+    <w:rsid w:val="000652E8"/>
+    <w:rsid w:val="000801B9"/>
+    <w:rsid w:val="00087C1D"/>
+    <w:rsid w:val="00094239"/>
+    <w:rsid w:val="000A40FC"/>
+    <w:rsid w:val="000A762E"/>
+    <w:rsid w:val="000C2DA2"/>
+    <w:rsid w:val="000C59E7"/>
+    <w:rsid w:val="00106264"/>
+    <w:rsid w:val="001100A7"/>
     <w:rsid w:val="0013341F"/>
     <w:rsid w:val="00150408"/>
+    <w:rsid w:val="00156465"/>
+    <w:rsid w:val="001733E6"/>
     <w:rsid w:val="00182EFA"/>
+    <w:rsid w:val="00191735"/>
+    <w:rsid w:val="001A727C"/>
+    <w:rsid w:val="001B4635"/>
+    <w:rsid w:val="001C50D0"/>
+    <w:rsid w:val="001C5BE7"/>
+    <w:rsid w:val="001C6C05"/>
+    <w:rsid w:val="001F61DE"/>
     <w:rsid w:val="00214F42"/>
+    <w:rsid w:val="002176D6"/>
+    <w:rsid w:val="0022743B"/>
+    <w:rsid w:val="00236C64"/>
+    <w:rsid w:val="00251B82"/>
     <w:rsid w:val="00270A03"/>
+    <w:rsid w:val="00274D48"/>
+    <w:rsid w:val="002838E4"/>
+    <w:rsid w:val="00286775"/>
+    <w:rsid w:val="00296612"/>
+    <w:rsid w:val="002A1570"/>
+    <w:rsid w:val="002B59E9"/>
+    <w:rsid w:val="002C1062"/>
     <w:rsid w:val="002D008A"/>
     <w:rsid w:val="002D4F7F"/>
+    <w:rsid w:val="002E499C"/>
     <w:rsid w:val="002F1FF1"/>
     <w:rsid w:val="00312554"/>
+    <w:rsid w:val="00323194"/>
+    <w:rsid w:val="00323CCD"/>
+    <w:rsid w:val="003253C3"/>
+    <w:rsid w:val="00331912"/>
+    <w:rsid w:val="00332C8E"/>
+    <w:rsid w:val="00337175"/>
+    <w:rsid w:val="003508DC"/>
+    <w:rsid w:val="0036215A"/>
+    <w:rsid w:val="00380F7F"/>
+    <w:rsid w:val="0038251A"/>
+    <w:rsid w:val="003A70F1"/>
     <w:rsid w:val="003B15FF"/>
+    <w:rsid w:val="003B22B2"/>
+    <w:rsid w:val="003D08C0"/>
+    <w:rsid w:val="003D4578"/>
+    <w:rsid w:val="003E15C9"/>
+    <w:rsid w:val="003E3B1C"/>
     <w:rsid w:val="00400CB9"/>
+    <w:rsid w:val="00414F2B"/>
+    <w:rsid w:val="004164AF"/>
+    <w:rsid w:val="004469B7"/>
+    <w:rsid w:val="00450279"/>
+    <w:rsid w:val="00454556"/>
+    <w:rsid w:val="00487EBE"/>
+    <w:rsid w:val="00493427"/>
+    <w:rsid w:val="004B39C3"/>
+    <w:rsid w:val="004B68EF"/>
     <w:rsid w:val="004E2378"/>
+    <w:rsid w:val="004F4AE7"/>
+    <w:rsid w:val="004F5E65"/>
+    <w:rsid w:val="00501621"/>
     <w:rsid w:val="00501681"/>
+    <w:rsid w:val="00506EE6"/>
+    <w:rsid w:val="00507F12"/>
     <w:rsid w:val="00512634"/>
+    <w:rsid w:val="00536D74"/>
+    <w:rsid w:val="00544296"/>
+    <w:rsid w:val="00551C23"/>
     <w:rsid w:val="00567115"/>
+    <w:rsid w:val="00584DEA"/>
+    <w:rsid w:val="005937C1"/>
     <w:rsid w:val="005A0A51"/>
+    <w:rsid w:val="005A3271"/>
+    <w:rsid w:val="005B13C8"/>
+    <w:rsid w:val="005B5A69"/>
+    <w:rsid w:val="005D2FAF"/>
+    <w:rsid w:val="005E2A9B"/>
+    <w:rsid w:val="005F4925"/>
+    <w:rsid w:val="00620F05"/>
+    <w:rsid w:val="006712E2"/>
     <w:rsid w:val="00693CA0"/>
+    <w:rsid w:val="006A0652"/>
+    <w:rsid w:val="006A33DE"/>
+    <w:rsid w:val="006E1DA1"/>
+    <w:rsid w:val="006F74F2"/>
+    <w:rsid w:val="006F7C79"/>
+    <w:rsid w:val="007023C4"/>
+    <w:rsid w:val="00705CB3"/>
+    <w:rsid w:val="0071062F"/>
+    <w:rsid w:val="00715ECD"/>
+    <w:rsid w:val="00717B00"/>
+    <w:rsid w:val="00737760"/>
+    <w:rsid w:val="007530CC"/>
+    <w:rsid w:val="00767A39"/>
     <w:rsid w:val="00773497"/>
+    <w:rsid w:val="007B68B3"/>
+    <w:rsid w:val="007C03BC"/>
+    <w:rsid w:val="007D1FB7"/>
     <w:rsid w:val="007F50AB"/>
+    <w:rsid w:val="00813CA8"/>
     <w:rsid w:val="008168F9"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="0083332E"/>
+    <w:rsid w:val="00851650"/>
+    <w:rsid w:val="00851707"/>
     <w:rsid w:val="00853372"/>
+    <w:rsid w:val="00856D8C"/>
     <w:rsid w:val="00862447"/>
+    <w:rsid w:val="00893002"/>
+    <w:rsid w:val="008A7D17"/>
     <w:rsid w:val="008C6794"/>
+    <w:rsid w:val="008E27F5"/>
     <w:rsid w:val="008F11F6"/>
+    <w:rsid w:val="009224F8"/>
     <w:rsid w:val="009526B5"/>
+    <w:rsid w:val="00992886"/>
     <w:rsid w:val="009C0826"/>
+    <w:rsid w:val="009C79A7"/>
+    <w:rsid w:val="009E3257"/>
+    <w:rsid w:val="009F5871"/>
+    <w:rsid w:val="00A119AA"/>
+    <w:rsid w:val="00A24D60"/>
+    <w:rsid w:val="00A26C94"/>
     <w:rsid w:val="00A3375A"/>
+    <w:rsid w:val="00A3701D"/>
+    <w:rsid w:val="00A60051"/>
+    <w:rsid w:val="00A8115F"/>
+    <w:rsid w:val="00A939B5"/>
+    <w:rsid w:val="00A955BF"/>
+    <w:rsid w:val="00AA53F7"/>
+    <w:rsid w:val="00AA6780"/>
+    <w:rsid w:val="00AB1A99"/>
+    <w:rsid w:val="00AB32D7"/>
+    <w:rsid w:val="00AD47AF"/>
+    <w:rsid w:val="00AE3ECC"/>
+    <w:rsid w:val="00AF0CB3"/>
+    <w:rsid w:val="00AF257B"/>
+    <w:rsid w:val="00B04F53"/>
     <w:rsid w:val="00B134DB"/>
+    <w:rsid w:val="00B33A75"/>
     <w:rsid w:val="00B50C13"/>
     <w:rsid w:val="00B96662"/>
+    <w:rsid w:val="00BB2BF8"/>
+    <w:rsid w:val="00BC275B"/>
+    <w:rsid w:val="00BC2E7C"/>
+    <w:rsid w:val="00BF02E5"/>
+    <w:rsid w:val="00BF390F"/>
+    <w:rsid w:val="00C01692"/>
     <w:rsid w:val="00C028C8"/>
+    <w:rsid w:val="00C174F2"/>
+    <w:rsid w:val="00C17664"/>
+    <w:rsid w:val="00C17D90"/>
+    <w:rsid w:val="00C33FB6"/>
+    <w:rsid w:val="00C503EE"/>
+    <w:rsid w:val="00C57C8D"/>
+    <w:rsid w:val="00C61BEF"/>
+    <w:rsid w:val="00CA224C"/>
+    <w:rsid w:val="00CA725C"/>
+    <w:rsid w:val="00CB2BA5"/>
+    <w:rsid w:val="00CC75E1"/>
     <w:rsid w:val="00CF0F5F"/>
+    <w:rsid w:val="00CF7590"/>
     <w:rsid w:val="00D0628D"/>
+    <w:rsid w:val="00D202A5"/>
     <w:rsid w:val="00D27032"/>
     <w:rsid w:val="00D343EB"/>
-    <w:rsid w:val="00DB6530"/>
+    <w:rsid w:val="00D62C4D"/>
+    <w:rsid w:val="00D75268"/>
+    <w:rsid w:val="00D76D4C"/>
+    <w:rsid w:val="00D97DDA"/>
+    <w:rsid w:val="00DA133B"/>
+    <w:rsid w:val="00DA1D58"/>
+    <w:rsid w:val="00DA22C4"/>
+    <w:rsid w:val="00DC0FA9"/>
+    <w:rsid w:val="00DD741B"/>
     <w:rsid w:val="00DE7FD5"/>
-    <w:rsid w:val="00E64E8F"/>
+    <w:rsid w:val="00DF1190"/>
+    <w:rsid w:val="00E02568"/>
+    <w:rsid w:val="00E02BF2"/>
+    <w:rsid w:val="00E10E87"/>
+    <w:rsid w:val="00E23061"/>
+    <w:rsid w:val="00E54421"/>
+    <w:rsid w:val="00E871AF"/>
+    <w:rsid w:val="00E95982"/>
+    <w:rsid w:val="00E97879"/>
+    <w:rsid w:val="00EA659F"/>
+    <w:rsid w:val="00EB1135"/>
+    <w:rsid w:val="00EC1B31"/>
+    <w:rsid w:val="00ED7471"/>
+    <w:rsid w:val="00EF1C20"/>
     <w:rsid w:val="00EF6936"/>
+    <w:rsid w:val="00F22478"/>
+    <w:rsid w:val="00F3731E"/>
+    <w:rsid w:val="00F61AD5"/>
+    <w:rsid w:val="00F7102D"/>
+    <w:rsid w:val="00F716DF"/>
+    <w:rsid w:val="00F935EE"/>
+    <w:rsid w:val="00FB43FD"/>
+    <w:rsid w:val="00FC64CB"/>
+    <w:rsid w:val="00FD0F3C"/>
+    <w:rsid w:val="00FD4B55"/>
+    <w:rsid w:val="00FE4EB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3008,189 +4852,190 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -3317,284 +5162,363 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0084499C"/>
+    <w:rsid w:val="002A1570"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1166826998">
+    <w:div w:id="917440873">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1011104328">
+        <w:div w:id="991521805">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="900408895">
+        <w:div w:id="249238954">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="939529209">
+            <w:div w:id="151024308">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="805659076">
+        <w:div w:id="512841128">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="593704962">
+            <w:div w:id="718016580">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1692028241">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="787771479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="904530722">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1125732692">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1471943073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1312714649">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2000000949" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V15C0010325" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2000000949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2000000949" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P000001047_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P980000812_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2200000544" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2000000949" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2200000544" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P000001047_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2000000949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P980000812_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2000000949" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P080000064_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2200000544" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3842,70 +5766,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11782</Characters>
+  <Pages>5</Pages>
+  <Words>2278</Words>
+  <Characters>12987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13822</CharactersWithSpaces>
+  <CharactersWithSpaces>15235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>школа Алимбаева</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>