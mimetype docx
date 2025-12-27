--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -15,646 +15,447 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
       <w:pPr>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
-[...128 lines deleted...]
-        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...424 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003F0A88" w:rsidRDefault="003F0A88" w:rsidP="003F0A88">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги  проведения конкурса на вакантную должность</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D53FEE" w:rsidRPr="008E6B6F" w:rsidRDefault="00D53FEE">
+    <w:p w:rsidR="003F0A88" w:rsidRDefault="00AF3701" w:rsidP="003F0A88">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя изобразительной деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE1541" w:rsidRDefault="003F0A88" w:rsidP="003F0A88">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальном государственном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казенном предприятия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ошкольная гимназия №6 города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города Павлодара, управления образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0A88" w:rsidRDefault="003F0A88" w:rsidP="003F0A88">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C0926" w:rsidRDefault="007C0926" w:rsidP="007C0926">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс на вакантную должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя изобразительной деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Коммунальном государственном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>казенном предприятии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Дошкольная гимназия №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области от </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="00C236D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD12AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022  по </w:t>
+      </w:r>
+      <w:r w:rsidR="007772A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 02 декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD12AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года не состоялся в связи с отсутствием  кандидатов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C0926" w:rsidRDefault="007C0926" w:rsidP="007C0926">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="008E6B6F" w:rsidSect="005A44B1">
+    <w:p w:rsidR="003F0A88" w:rsidRDefault="003F0A88" w:rsidP="00D30B81">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C0926" w:rsidRPr="007C0926" w:rsidRDefault="007C0926" w:rsidP="007C0926">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0A88" w:rsidRPr="00DC4523" w:rsidRDefault="003F0A88" w:rsidP="003F0A88">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003F0A88" w:rsidRPr="00DC4523" w:rsidSect="005A44B1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -671,108 +472,103 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="002351B4"/>
-    <w:rsid w:val="000474B5"/>
-    <w:rsid w:val="00073CF1"/>
+    <w:rsid w:val="000062C9"/>
+    <w:rsid w:val="000869B4"/>
+    <w:rsid w:val="00090E53"/>
+    <w:rsid w:val="00103FBB"/>
     <w:rsid w:val="001439C3"/>
-    <w:rsid w:val="001B137D"/>
+    <w:rsid w:val="001719DC"/>
     <w:rsid w:val="001F18D0"/>
     <w:rsid w:val="002351B4"/>
-    <w:rsid w:val="00244B15"/>
-    <w:rsid w:val="00254A70"/>
+    <w:rsid w:val="002552E6"/>
     <w:rsid w:val="002A1A2E"/>
-    <w:rsid w:val="002A7BB7"/>
-    <w:rsid w:val="002F7DC2"/>
     <w:rsid w:val="00362C73"/>
-    <w:rsid w:val="00371DF0"/>
-    <w:rsid w:val="00390DD5"/>
+    <w:rsid w:val="00385E32"/>
     <w:rsid w:val="003F0A88"/>
+    <w:rsid w:val="00402DCC"/>
+    <w:rsid w:val="00550B5D"/>
+    <w:rsid w:val="00552EEB"/>
     <w:rsid w:val="005A44B1"/>
-    <w:rsid w:val="00614A53"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008E6B6F"/>
+    <w:rsid w:val="0066072B"/>
+    <w:rsid w:val="007772A0"/>
+    <w:rsid w:val="007B0536"/>
+    <w:rsid w:val="007C0926"/>
+    <w:rsid w:val="008033EE"/>
     <w:rsid w:val="00903A80"/>
-    <w:rsid w:val="009B24B0"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00CC03B1"/>
+    <w:rsid w:val="009100A5"/>
+    <w:rsid w:val="00973FC9"/>
+    <w:rsid w:val="00AD12AE"/>
+    <w:rsid w:val="00AF3701"/>
+    <w:rsid w:val="00C03A5B"/>
+    <w:rsid w:val="00C236D9"/>
+    <w:rsid w:val="00D30B81"/>
     <w:rsid w:val="00D53FEE"/>
-    <w:rsid w:val="00D63E6A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EB26AA"/>
+    <w:rsid w:val="00DC4523"/>
+    <w:rsid w:val="00EB3C0F"/>
+    <w:rsid w:val="00EE1541"/>
+    <w:rsid w:val="00F47D0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17410"/>
+    <o:shapedefaults v:ext="edit" spidmax="14338"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1163,65 +959,50 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:rsid w:val="002A1A2E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1478,69 +1259,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>99</Words>
-  <Characters>569</Characters>
+  <Words>101</Words>
+  <Characters>578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>667</CharactersWithSpaces>
+  <CharactersWithSpaces>678</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>