--- v0 (2025-12-06)
+++ v1 (2025-12-23)
@@ -1,459 +1,1327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FD71FC" w:rsidRPr="00D01924" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
+    <w:p w:rsidR="000710AC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="003146A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санаттағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000710AC" w:rsidRPr="0012086C" w:rsidRDefault="000710AC" w:rsidP="0012086C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0012086C" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есебінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0012086C">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DE2DFE" w:rsidRDefault="00D01924" w:rsidP="00D01924">
-[...44 lines deleted...]
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022-2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 109 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көмекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="0012086C" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D01924">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">- оставшиеся без попечения родителей и из категории сирот -10 </w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ғандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="0012086C" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">40 </w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және жетімдер</w:t>
+      </w:r>
+      <w:r w:rsidR="0012086C" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санатынан -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...18 lines deleted...]
-        <w:t>36</w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - АӘК алушылар -40 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...18 lines deleted...]
-        <w:t>23</w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - табысы ең төменгі күнкөріс деңгейінен төмен -36</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...32 lines deleted...]
-        <w:t>66.</w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - басқа санаттар -23</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="000710AC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...4 lines deleted...]
-        <w:t>В 2022 году выделено 44808,70 тенге. Всего помощь получили 100 учащихся из фонда общего образования:</w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптар аз қамтылған мен жетімдер  </w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 5-11 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптар </w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>66.</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 жылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>44808,70 теңге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлінді</w:t>
+      </w:r>
+      <w:r w:rsidR="00240A71" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000710AC" w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беру қорынан барлығы 100 оқушы көмек алды:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D01924" w:rsidRPr="00D01924" w:rsidRDefault="00D01924" w:rsidP="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D01924">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> - 109 учащихся получили финансовую помощь на сумму 3584,644.</w:t>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- кеңсе тауарлары (қаламдар, қара қарындаштар, жалпы дәптерлер, фломастер, түрлі-түсті қарындаштар, компас, мұқабалар, өшіргіштер, пенал,сызғыштар), рюкзак -1169,5 теңге жұмсалды.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D01924" w:rsidRPr="00D01924">
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 109 оқушы 3584,644 сомасына қаржылық көмек алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD71FC" w:rsidRPr="0012086C" w:rsidRDefault="00FD71FC" w:rsidP="0012086C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0012086C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE2DFE" w:rsidRDefault="0012086C" w:rsidP="003146A9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DE2DFE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003441CF"/>
     <w:rsid w:val="000710AC"/>
     <w:rsid w:val="0012086C"/>
     <w:rsid w:val="001C4C1B"/>
     <w:rsid w:val="00240A71"/>
     <w:rsid w:val="003146A9"/>
     <w:rsid w:val="003441CF"/>
     <w:rsid w:val="00387FA1"/>
-    <w:rsid w:val="007D51AB"/>
     <w:rsid w:val="008416F5"/>
     <w:rsid w:val="00933B68"/>
     <w:rsid w:val="00B7693A"/>
-    <w:rsid w:val="00D01924"/>
-    <w:rsid w:val="00D73770"/>
     <w:rsid w:val="00FA2B69"/>
     <w:rsid w:val="00FD71FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1141,66 +2009,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>136</Words>
-  <Characters>781</Characters>
+  <Words>141</Words>
+  <Characters>805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>916</CharactersWithSpaces>
+  <CharactersWithSpaces>945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>14</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>