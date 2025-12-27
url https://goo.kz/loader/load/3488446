--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,1824 +1,1287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0089260F" w:rsidRPr="0062313B" w:rsidRDefault="0089260F" w:rsidP="0089260F">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00340441" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пециальный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №82 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының, Павлодар қаласы білім </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(адрес: г. Павлодар, проспект  Нурсултана Назарбаева, 35/1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.54-93-56, э / почта: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="009B4157">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>gkkpsad</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009B4157">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>82@mail.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на вакантные должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">музыкального руководителя с казахским и русским языком обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>05.12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.2022 г., город Павлодар, проспект  Нурсултана Назарбаева, 35/1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: в течение  7 рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пециальный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">беру </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №82 города Павлодара» по адресу: город Павлодар, проспект  Нурсултана Назарбаева, 35/1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бөлімінің «Павлодар қаласының № 82 арнайы сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорн</w:t>
-[...44 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>музыкальным руководителям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зависимости от стажа работы, образования от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Нұрсұлтан Назарбаев даңғылы, 35/1</w:t>
-[...138 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">99,572  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурс: </w:t>
-[...40 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">  110,376 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим Правилам; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка с психоневрологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) справка с наркологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) справка об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) сертификат Национального квалификационного тестирования (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурстың өткізілетін күні мен орны:</w:t>
-[...459 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>ЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340441" w:rsidRPr="009B4157" w:rsidRDefault="00340441" w:rsidP="00340441">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...781 lines deleted...]
-        <w:r w:rsidRPr="0062313B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4157">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 8 (7182) 54-93-56 электронный адрес: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="009B4157">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>gkkpsad82@mail.ru</w:t>
+          <w:t>gkkpsad</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009B4157">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>82@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0062313B">
-[...148 lines deleted...]
-    <w:sectPr w:rsidR="00D3014A">
+    </w:p>
+    <w:p w:rsidR="005A4E23" w:rsidRDefault="005A4E23"/>
+    <w:sectPr w:rsidR="005A4E23" w:rsidSect="00340441">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-[...5 lines deleted...]
-  <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F306A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D3014A"/>
+    <w:rsidRoot w:val="00C56C82"/>
+    <w:rsid w:val="00340441"/>
+    <w:rsid w:val="005A4E23"/>
+    <w:rsid w:val="00C56C82"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1961,92 +1424,78 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0089260F"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00340441"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...9 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -2166,105 +1615,91 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0089260F"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00340441"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gkkpsad82@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gkkpsad82@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gkkpsad82@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2512,55 +1947,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3605</Characters>
+  <Pages>2</Pages>
+  <Words>670</Words>
+  <Characters>3821</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4229</CharactersWithSpaces>
+  <CharactersWithSpaces>4483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>