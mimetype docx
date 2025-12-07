--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -1,14487 +1,5792 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="002E5DE0">
-      <w:pPr>
+    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DE0">
+      <w:r w:rsidRPr="00315FB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ПЕДАГОГ ҚЫЗМЕТКЕРЛЕРДІҢ БОС ОРЫНДАРЫНА</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E5DE0">
+      <w:r w:rsidRPr="00315FB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2E13" w:rsidRPr="00E42AE9" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82ADE" w:rsidRPr="00D64605" w:rsidRDefault="00CD2E13" w:rsidP="00B82ADE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...143 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> №54 города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">бъявляет открытый конкурс замещение </w:t>
+      </w:r>
+      <w:r w:rsidR="000256B9" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">на время декретного отпуска </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сәбилер</w:t>
-[...311 lines deleted...]
-        </w:rPr>
+        <w:t>учителя казахского языка</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82ADE" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> с казахским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="008031F0" w:rsidRPr="00D64605">
         <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="10109" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="673"/>
         <w:gridCol w:w="1626"/>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1593"/>
         <w:gridCol w:w="1907"/>
         <w:gridCol w:w="2720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidTr="00EB0D75">
+      <w:tr w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidTr="002237DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бос </w:t>
+              <w:t>Вакантная должность</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ж</w:t>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
-[...57 lines deleted...]
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Байланыстар</w:t>
+              <w:t>Язык обучения</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E5DE0">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E5DE0">
+            </w:pPr>
+            <w:r w:rsidRPr="002973E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>электрондық</w:t>
+              <w:t xml:space="preserve">Адрес </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>ДО</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мекен-жай</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5DE0" w:rsidRPr="007F3B49" w:rsidTr="00EB0D75">
+      <w:tr w:rsidR="00CD2E13" w:rsidRPr="000E1D21" w:rsidTr="002237DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="0016509D" w:rsidRDefault="0016509D" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілі мұғалімі</w:t>
+              <w:t>Учитель казахского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="00CA6EBC" w:rsidRDefault="00CA6EBC" w:rsidP="002237DE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2E13" w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CD2E13" w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ставк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="000256B9" w:rsidRDefault="00CD2E13" w:rsidP="000256B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87B9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidR="000256B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,25</w:t>
+            </w:r>
+            <w:r w:rsidR="00A87B9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставки</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidR="000256B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазым</w:t>
+              <w:t>)</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="000256B9" w:rsidRDefault="000256B9" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>а</w:t>
+              <w:t>казахский</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="000256B9" w:rsidRDefault="00CD2E13" w:rsidP="000256B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Павлодар</w:t>
+              <w:t xml:space="preserve">г. Павлодар, </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
+            <w:r w:rsidR="000256B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қ.</w:t>
-[...18 lines deleted...]
-              <w:t>Як. Геринг көшесі 79/1</w:t>
+              <w:t>Як. Геринга 79/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="000256B9" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00CA6EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidR="000256B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20-99-13</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00CD2E13" w:rsidRPr="00B82ADE" w:rsidRDefault="00CD2E13" w:rsidP="00CA6EBC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00315FB3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">email:  </w:t>
+              <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:r w:rsidRPr="00CA6EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA6EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sad54@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="00135CBE" w:rsidP="002E5DE0">
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00366140" w:rsidRDefault="00BF6C64" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0016509D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366140" w:rsidRPr="00366140">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00366140">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D43BE" w:rsidRPr="00D64605" w:rsidRDefault="00D3649F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0BB3" w:rsidRPr="00D64605">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00D64605">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> города Павлодара»  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">авлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0BB3" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FD0BB3" w:rsidRPr="00D64605">
+        <w:t>Як.Геринга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FD0BB3" w:rsidRPr="00D64605">
+        <w:t>, 79/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="00FD0BB3" w:rsidP="006D43BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>8 (7812) 20-99-13</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> 8(7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="00461AD0" w:rsidRPr="00D64605">
+        <w:t>66-11-48</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>очта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>54@</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>с казахским и русским языком обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="004B7369" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:lastRenderedPageBreak/>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="00083DAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9075"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+      <w:r w:rsidR="00083DAB">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00D64605">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00D64605">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D64605">
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00D64605">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00D64605">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00D64605">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D2BEA" w:rsidRPr="00D64605" w:rsidRDefault="0016509D" w:rsidP="000D2BEA">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>01</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E5DE0" w:rsidRPr="002E5DE0">
+        <w:t xml:space="preserve"> учителя казахского языка</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D0CCE" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднее-</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E46" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>120000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>140000</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2BEA" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E46" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000D2BEA" w:rsidRPr="00D64605" w:rsidRDefault="000D2BEA" w:rsidP="000D2BEA">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidR="0012091D">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя казахского языка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="0012091D">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012091D">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>140000</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E46" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0012091D">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>170000</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E46" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0CCE" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">на Интернет-ресурсе и (или) официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> социальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006D43BE" w:rsidRPr="00D64605">
+        <w:t>х сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Прием документов на занятие вакантной должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>и осуществляет КГКП «Ясли-сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="00775629" w:rsidRPr="00D64605">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00775629" w:rsidRPr="00D64605">
+        <w:t>Як</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00775629" w:rsidRPr="00D64605">
+        <w:t>.Г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00775629" w:rsidRPr="00D64605">
+        <w:t>еринга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00775629" w:rsidRPr="00D64605">
+        <w:t>, 79/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="00D64605" w:rsidRDefault="00C138E7" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="001C64E9" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C138E7" w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов, указанных в объявлении, направляет следующие документы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронном или бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>виде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием перечня </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прилагаемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документовпо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме согласно приложению 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность либо электронный документ из </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сервисацифровых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) копии документов об образовании в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предъявляемыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности квалификационными требованиями, утвержденными Типовыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными характеристиками педагогов; (вкладыш от диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>исполняющегообязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 октября 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>года№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>областиздравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) справку о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) справку из противотуберкулезного диспансера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11) санитарная книжка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) заполненный Оценочный лист кандидата на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или временно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность педагога по форме согласно приложению 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>касающуюся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>степенейи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="00C138E7" w:rsidP="00C138E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14) фото на документы 5х6 (2шт.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C14C1A" w:rsidRDefault="00C138E7" w:rsidP="00C14C1A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15) Паспорт вакцинации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00C14C1A" w:rsidRDefault="00C138E7" w:rsidP="00C14C1A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017500F" w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из указанных документов является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>услугополучателем для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F56" w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>20-99-13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">, 8 (7182) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F56" w:rsidRPr="00D64605">
+        <w:t>66-11-48</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="002E5DE0" w:rsidRPr="002E5DE0">
+        <w:t>Sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>54@</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-2022 9:00</w:t>
-[...210 lines deleted...]
-      </w:pPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6EBC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64605">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F56" w:rsidRPr="00D64605">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA775C" w:rsidRDefault="00EA775C" w:rsidP="00C14C1A">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="6399" w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1202"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape20" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape21" o:spid="_x0000_s1029" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7377" w:right="1402" w:hanging="127"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape22" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape23" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape24" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape25" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,730" coordsize="9514,0" path="m840,730r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,317" coordsize="9654,0" path="m840,317r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1486"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>перспективалық</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape27" o:spid="_x0000_s1035" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,318" coordsize="9654,0" path="m840,318r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="905"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>жоспар</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...9180 lines deleted...]
-        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="21"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="9900" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4275"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidTr="00EB0D75">
+      <w:tr w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidTr="002237DE">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Наименование</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқыту аралығы</w:t>
+              <w:t>Период</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E5DE0">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t>Специальность</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidTr="00EB0D75">
+      <w:tr w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidTr="002237DE">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="00EB0D75">
+          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E5DE0" w:rsidRPr="002E5DE0" w:rsidRDefault="002E5DE0" w:rsidP="002E5DE0">
-[...36 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape28" o:spid="_x0000_s1036" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C43D83" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C43D83" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00823A9D" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape29" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00066D68" w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="00C14C1A" w:rsidRDefault="00066D68" w:rsidP="00C14C1A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сведения (при наличии) __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любыми законными способами, соответствующими целям обработки персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>данных (для использования фото, видео, в том числе в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>персональных данных с использованием средств автоматизации или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования таких средств).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) об ответственности за попытку использования одного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>из запрещенных предметов в здании, где будет проходить тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при обнаружении запрещенного предмета лишаюсь права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>прохождения тестирования сроком на один год.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при установлении фактов нарушения правил во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тестирования, а также обнаруженных при просмотре видеозаписи, независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>өтілі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>Келесі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпод</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>нәтижелерім</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айфон</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>Наградалары</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>атақтары</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смартчасы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">любые виды </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>дәрежесі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>радио-электронной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>ғылыми</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wi-Fi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>дәрежесі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вай-фай</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>ғылыми</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>атағы</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>сондай-ақ</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>қосымша</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...262 lines deleted...]
-        <w:t>Мерзі</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наушники проводные и беспроводные и прочее;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шпаргалки и учебно-методические литературы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я согласен</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...5 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E5DE0">
-[...2789 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а) ________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...229 lines deleted...]
-    <w:sectPr w:rsidR="00EE1219" w:rsidRPr="002E5DE0" w:rsidSect="00B62283">
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С Правилами проведения тестирования и конкурса ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD0E25" w:rsidRPr="002B5A95" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD0E25" w:rsidRPr="002B5A95" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="002E5DE0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00EE1219"/>
+    <w:rsidRoot w:val="001C64E9"/>
+    <w:rsid w:val="000256B9"/>
+    <w:rsid w:val="00050CB6"/>
+    <w:rsid w:val="00066D68"/>
+    <w:rsid w:val="00083DAB"/>
+    <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="000D2BEA"/>
+    <w:rsid w:val="000E1D21"/>
+    <w:rsid w:val="0012091D"/>
+    <w:rsid w:val="00124F76"/>
+    <w:rsid w:val="0016509D"/>
+    <w:rsid w:val="0017500F"/>
+    <w:rsid w:val="001856E4"/>
+    <w:rsid w:val="001B763C"/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rsid w:val="001D172C"/>
+    <w:rsid w:val="00252081"/>
+    <w:rsid w:val="002C7578"/>
+    <w:rsid w:val="002E029A"/>
+    <w:rsid w:val="002F35BF"/>
+    <w:rsid w:val="00366140"/>
+    <w:rsid w:val="00391982"/>
+    <w:rsid w:val="00394B8B"/>
+    <w:rsid w:val="003C22DF"/>
+    <w:rsid w:val="00443572"/>
+    <w:rsid w:val="00444AA8"/>
+    <w:rsid w:val="004472A6"/>
+    <w:rsid w:val="00461AD0"/>
+    <w:rsid w:val="00463A49"/>
+    <w:rsid w:val="0048482A"/>
+    <w:rsid w:val="004B7369"/>
+    <w:rsid w:val="004D0CCE"/>
+    <w:rsid w:val="00516A58"/>
+    <w:rsid w:val="00565DD1"/>
+    <w:rsid w:val="0058192E"/>
+    <w:rsid w:val="005B55AE"/>
+    <w:rsid w:val="005C365D"/>
+    <w:rsid w:val="00615166"/>
+    <w:rsid w:val="006260D8"/>
+    <w:rsid w:val="006D43BE"/>
+    <w:rsid w:val="00775629"/>
+    <w:rsid w:val="007F60A1"/>
+    <w:rsid w:val="008031F0"/>
+    <w:rsid w:val="00823A9D"/>
+    <w:rsid w:val="008408C5"/>
+    <w:rsid w:val="008A23B8"/>
+    <w:rsid w:val="008A49DF"/>
+    <w:rsid w:val="008A61E3"/>
+    <w:rsid w:val="0092535E"/>
+    <w:rsid w:val="00A3147A"/>
+    <w:rsid w:val="00A37F81"/>
+    <w:rsid w:val="00A87B9C"/>
+    <w:rsid w:val="00A97BBF"/>
+    <w:rsid w:val="00AB2546"/>
+    <w:rsid w:val="00B1750E"/>
+    <w:rsid w:val="00B82ADE"/>
+    <w:rsid w:val="00BA5A2C"/>
+    <w:rsid w:val="00BD0E25"/>
+    <w:rsid w:val="00BF6C64"/>
+    <w:rsid w:val="00C138E7"/>
+    <w:rsid w:val="00C14C1A"/>
+    <w:rsid w:val="00C43D83"/>
+    <w:rsid w:val="00C440C6"/>
+    <w:rsid w:val="00C47392"/>
+    <w:rsid w:val="00C61B7E"/>
+    <w:rsid w:val="00CA6EBC"/>
+    <w:rsid w:val="00CB0E46"/>
+    <w:rsid w:val="00CB38A9"/>
+    <w:rsid w:val="00CD2E13"/>
+    <w:rsid w:val="00D249D6"/>
+    <w:rsid w:val="00D3649F"/>
+    <w:rsid w:val="00D64605"/>
+    <w:rsid w:val="00D92CAE"/>
+    <w:rsid w:val="00E1452E"/>
+    <w:rsid w:val="00E42AE9"/>
+    <w:rsid w:val="00E5091B"/>
+    <w:rsid w:val="00EA3172"/>
+    <w:rsid w:val="00EA775C"/>
+    <w:rsid w:val="00EE40C0"/>
+    <w:rsid w:val="00F55F56"/>
+    <w:rsid w:val="00F63385"/>
+    <w:rsid w:val="00F67CDA"/>
+    <w:rsid w:val="00F87E96"/>
+    <w:rsid w:val="00FA0AA5"/>
+    <w:rsid w:val="00FD0BB3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="19458"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -14557,186 +5862,330 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001B33AA"/>
+    <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E5DE0"/>
+    <w:rsid w:val="001C64E9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="000D2BEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A37F81"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="002E5DE0"/>
+    <w:rsid w:val="00CD2E13"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="x-phmenubutton">
+    <w:name w:val="x-ph__menu__button"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00066D68"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00066D68"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00066D68"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002E5DE0"/>
+    <w:rsid w:val="00066D68"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="002E5DE0"/>
+    <w:rsid w:val="00066D68"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...3 lines deleted...]
-    <w:rsid w:val="002E5DE0"/>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00066D68"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="502938136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="582377404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="601836139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14978,59 +6427,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A33C1D9A-3233-49EC-9A44-FDB0CA1CC57E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9288</Characters>
+  <Pages>6</Pages>
+  <Words>1724</Words>
+  <Characters>9829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>81</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10896</CharactersWithSpaces>
+  <CharactersWithSpaces>11530</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>111</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>