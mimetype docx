--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -1,10730 +1,16890 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D5704">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00AE6915" w:rsidRDefault="00874A3E" w:rsidP="00AE6915">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әдебиеттану мұғалімінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5704">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағайын</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6915">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="00552AAC" w:rsidP="00B97FE7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дауға ашық конкурс  жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007D5704" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007D5704" w:rsidRDefault="00ED4278" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>08 -12</w:t>
+      </w:r>
+      <w:r w:rsidR="00874A3E" w:rsidRPr="007D5704">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00874A3E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж,сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00874A3E" w:rsidRPr="007D5704">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000613F4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00B97FE7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5704">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D5704">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97FE7">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>241</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97FE7">
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97FE7">
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00B97FE7">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B97FE7">
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04F39" w:rsidRPr="00B97FE7" w:rsidRDefault="00D04F39" w:rsidP="00B97FE7">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000B5799" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E1334D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E1334D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын  әдебиеттану  мұғалімінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5799">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E1334D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="006A4075" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР БҒМ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21 ақпандағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік біл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдарының педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8734C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына орналасуға конкурс өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» бұйрығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8734C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00C2426C" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007E3A8A" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007E3A8A" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007E3A8A" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстық комиссияның  отырысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...233 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1159 lines deleted...]
-    <w:p w:rsidR="004251B0" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241 және электрондық пошта  арқылы  қабылданады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="004251B0" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілікке қойлптын  талаптар: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>       Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу пәнінің, оқу-тәрбие процесінің, оқыту және бағалау әдістемесінің мазмұнын біледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлайды және ұйымдастырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу мен оқытуда жеке тәсілді жүзеге асырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқытудың инновациялық нысандарын, әдістері мен құралдарын пайдаланады, білім беру ұйымы деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметтерін талдау дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      конструктивті және тәлімгерлікті іске асырады, білім беру ұйымдары деңгейінде жекелей немеесе ұжым болып кәсіби дамыту басымдықтарын анықтайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      қала/өңір деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық қоғамдастықта аудан, қала деңгейінде тәлімгерлікті жүзеге асырады және даму стратегиясын конструктивті анықтайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыс/республикалық маңызы бар және астаналық қалалары, Республика деңгейінде тәжірибені жинақтайды (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыс/ республикалық маңызы бар және астаналық қалалары, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      авторлық бағдарламалары бар болуы және республикалық оқу-әдістемелік кеңесте мақұлданған, авторлық бағдарламасы немесе оқулықтарға, оқу-әдістемелік құралдардың авторы (тең автор) бола алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      жетекшілік етуді іске асырады және облыс деңгейінде кәсіби бірлестіктердің желісіндамытуды жоспарлайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000613F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылуы немесе немесе облыстық білім беру органдарының уәкілмен бекітілген республикалық және халықаралық конкурстарға қатысушыларды даярлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>журналдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олтырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үрдісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологиялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жүйелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көлемде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызығушылықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімділіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерделейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инклюзивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімдейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамудағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауытқуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңсеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интерактивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауымдастығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдастықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>консилиумдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ынтымақтастықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәдениетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіңіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0098231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еші қызметінің денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қозғалыс, көркемөнер, еңбекке баулужәнет.б.)жетекшілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="006B1684" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B1684">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері тәрбиешілерге  еңбек өтіліне , біліміне, санатына байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="006B1684" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B1684">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әдебиеттану мұғалімінің еңбекақысы: орта-арнаулы білім – 92000–129500 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="006B1684" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B1684">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әдебиеттану мұғалімінің  еңбекақысы: жоғары білім – 100000–147000 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="007E3A8A" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...190 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="00376981" w:rsidRPr="00376981">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00376981" w:rsidRPr="00376981">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00376981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="00376981" w:rsidRPr="00376981">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00376981" w:rsidRPr="00376981">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00376981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00ED66A4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="001B5774" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B5774">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="001B5774" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...163 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8734C" w:rsidRPr="001B5774" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондыадресі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00A8734C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="001A4E89" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4217"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="006B1684" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B1684">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="001A4E89" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="001A4E89" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B1684">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A4E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="001A4E89" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A4E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A4E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="521"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00ED4278" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00ED4278" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>медаль «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>» – 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00ED4278" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidTr="000F032F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="001A4E89" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="001B5774">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00B22817" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00B22817" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00874A3E">
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 15" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMrVqLEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ5A7foYcVJCjfbf9j/33/cP9vtj//DrKwInZKqu1Bg23FW30mhV1Y2gHxQ4vBOP&#10;WSiIQav6jUgAkGy0sNnZpbI0O0E32tki3B+KwHYaUXg58KOgN4JaUfAF4dDWyCPjdi/dKP2KCYtD&#10;tjdKuxImYNkCJI2KJUCkZQHVfNlBPgrCgXs0JT+EBW3YCw8tfVSjUT+IzoPCNshh+cNhzyKex/Xa&#10;OAMWHoGBgHVLkWQta7rjDW2wEDE949tEVUKZBC2BXJshQIAgI/EPsXD2eazb0xwhoRnO20BiBG2w&#10;cjIqog0zc4QxUR1jmwvzohRbthTWpc9KB4c8egt+HAXbT1k5N+wwB8C9cYY91HA9Ki0Xi7wobG0L&#10;bqgMA39oc6NEkSfGadgouV5NC4m2xDS4/RgxAHYSJsWGJxYsYySZN7YmeeFsiC9sbuEWNikw99F2&#10;8OeRP5pfzC+iThQO5p3In80614tp1BksgmF/1ptNp7Pgi6EWROMsTxLGDbt2mgTR33VrM9fcHDjM&#10;kxMVJ2IX9vNUrHdKw+YCtLS/Ltdti7qeXonkHtpVCjceYZyDkQn5CaMaRmOM1ccNkQyj4jWH2TMK&#10;osjMUruI+sMQFvLYszr2EE4BKsYawwU35lS7+bupZL7O4KTAlpWLaxgTaW762c4Tx6pZwPizCppR&#10;bebr8dpGPf6hTH4DAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMrVqLEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:ind w:firstLine="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Т.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAipJHTEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu0GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKkkdMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:ind w:firstLine="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHXvhSEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqF2MEScV1Gj3bfdz9333YL8/dg+/viJwQqaaWo1gw119K41WVd8I+kGBwzvy&#10;mIWCGLRs3ogUAMlaC5udbSYrsxN0o60twv2+CGyrEYWXAz8K+kOoFQVfEMa2Rh4ZdXvpWulXTFgc&#10;srlR2pUwBcsWIG1VLAAiq0qo5sse8lEQDtyjLfk+LOjCXnho4aMGDc+D6DQo7IIclh/HfYt4Gtfv&#10;4gxYeAAGAlYdRZJ3rOmWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJEbTB&#10;0smoiTbMzBHGRE2CbS7Mi0ps2EJYlz4pHRzy6C35YRRsP2bl3LDDHAD3xhn2UMP1oLRczIuytLUt&#10;uaESB35sc6NEWaTGadgouVpOSok2xDS4/RgxAHYUJsWapxYsZySdtbYmRelsiC9tbuEWtikw99F2&#10;8OehP5xdzC6iXhQOZr3In0571/NJ1BvMg/h82p9OJtPgi6EWRKO8SFPGDbtumgTR33VrO9fcHNjP&#10;kyMVR2Ln9vNUrHdMw+YCtHS/Ltddi7qeXor0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EE4BKsEawwU35kS7+buuZbHK4aTAlpWLaxgTWWH62c4Tx6pdwPizCtpR&#10;bebr4dpGPf6hjH8DAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMde+FIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQdG6yEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqB1UipMKarT7tvu5+757sN8fu4dfXxE4IVNNrUaw4a6+lUarqm8E/aDA4R15&#10;zEJBDFo2b0QKgGSthc3ONpOV2Qm60dYW4X5fBLbViMLLgR8F/SHUioIvCGNbI4+Mur10rfQrJiwO&#10;2dwo7UqYgmULkLYqFgCRVSVU82UP+SgIB+7RlnwfFnRhLzy08FGDhudBdBoUdkEOy4/jvkU8jet3&#10;cQYsPAADAauOIsk71nTLW9pgIWJ6xreJqoUyCVoAuS5DgABBRuIfYuHs01i3pz1CQjOctoHECNpg&#10;6WTURBtm5ghjoibBNhfmRSU2bCGsS5+UDg559Jb8MAq2H7NybthhDoB74wx7qOF6UFou5kVZ2tqW&#10;3FCJAz+2uVGiLFLjNGyUXC0npUQbYhrcfowYADsKk2LNUwuWM5LOWluTonQ2xJc2t3AL2xSY+2g7&#10;+PPQH84uZhdRLwoHs17kT6e96/kk6g3mQXw+7U8nk2nwxVALolFepCnjhl03TYLo77q1nWtuDuzn&#10;yZGKI7Fz+3kq1jumYXMBWrpfl+uuRV1PL0V6D+0qhRuPMM7ByIX8hFEDozHB6uOaSIZR+ZrD7BkG&#10;UWRmqV1E53EIC3noWR56CKcAlWCN4YIbc6Ld/F3XsljlcFJgy8rFNYyJrDD9bOeJY9UuYPxZBe2o&#10;NvP1cG2jHv9Qxr8BAAD//wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18&#10;NdpOHGgIrXca5jMFglzpq9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhn&#10;UoayIYth5ntyfKv9YDGyHIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD&#10;5sNofXszPj2CiDTGixkmfEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB0brIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="1"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="001B5774" w:rsidRDefault="00874A3E" w:rsidP="001B5774">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...351 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...176 lines deleted...]
-      <w:r w:rsidRPr="00B97FE7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1jgczEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu2GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w1&#10;2k4caPCtYw3JTIEgLl3VstHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0&#10;ZUMW/cz1xPFWu8FiiHIwshrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTv&#10;Ruvrq/HxAUSgMfyHYcKP6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWOBzMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 20" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqhcNMMIAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXpSLRVbRQ&#10;ab1pBXN8ZJ9JMPs2ZleT/ntXEHocZuYbZrHqbCXu1PjSsYbRUIEgzpwpOddw/P16n4HwAdlg5Zg0&#10;/JGH1bL3tsDEuJb3dD+EXEQI+wQ1FCHUiZQ+K8iiH7qaOHpn11gMUTa5NA22EW4rOVZqKi2WHBcK&#10;rOmzoOxyuFkN5/R6CulHqn52JF032XjVbjOtB/1uPQcRqAv/4Vf722gYj+D5Jf4AuXwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAqhcNMMIAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003F2F9A" w:rsidP="002C4C62">
-[...40 lines deleted...]
-        <w:t>(фамилия,имя,отчество (при его наличии))</w:t>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="48" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>лауазымы,ұйымныңатауы,мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Подтверждающийдокумент</w:t>
-[...30 lines deleted...]
-              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
-[...6630 lines deleted...]
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00B22817" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="001B5774">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="88" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00376981" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376981">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...6 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...70 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003F2F9A" w:rsidP="002C4C62">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="003F6B23" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00874A3E" w:rsidRPr="003F6B23" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="003F6B23" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874A3E" w:rsidRPr="0098231B" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F1A02" w:rsidRDefault="000F1A02"/>
+    <w:sectPr w:rsidR="000F1A02" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A13624"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00F912DD"/>
+    <w:rsidRoot w:val="00874A3E"/>
+    <w:rsid w:val="000613F4"/>
+    <w:rsid w:val="000F1A02"/>
+    <w:rsid w:val="00177C37"/>
+    <w:rsid w:val="001B5774"/>
+    <w:rsid w:val="00376981"/>
+    <w:rsid w:val="00756203"/>
+    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00A8734C"/>
+    <w:rsid w:val="00AE6915"/>
+    <w:rsid w:val="00B92275"/>
+    <w:rsid w:val="00D2624E"/>
+    <w:rsid w:val="00E20535"/>
+    <w:rsid w:val="00ED4278"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13314"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10734,51 +16894,51 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -10850,678 +17010,259 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00874A3E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00A53AEA"/>
+    <w:rsid w:val="00874A3E"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874A3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003200E5"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00874A3E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...426 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11555,86 +17296,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11770,69 +17509,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2214</Words>
-  <Characters>12626</Characters>
+  <Words>2600</Words>
+  <Characters>14822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>123</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14811</CharactersWithSpaces>
+  <CharactersWithSpaces>17388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Асер</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>