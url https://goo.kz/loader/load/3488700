--- v0 (2025-12-09)
+++ v1 (2026-03-24)
@@ -1,10022 +1,9239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дошкольная гимназия</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиеші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на </w:t>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="005104BF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D04F39">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>назначение</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ағайындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00672510" w:rsidRPr="00672510">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>на</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004F05BF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00004D0A" w:rsidRDefault="00603D8D" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00124F76" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00D3649F" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...43 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="000E28CE" w:rsidRDefault="0018002B" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="007A65F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD25B2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A65F0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж,сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>города Павлодара»  г</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
-        <w:t>.П</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">авлодар, улица </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005B4A9E">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04F39" w:rsidRPr="00B531BC" w:rsidRDefault="00D04F39" w:rsidP="002C4C62">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000B5799" w:rsidRDefault="00274FE6" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00274FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ные</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00672510">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> тәрбиешінің,</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00506E71">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(оның ішінде 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">и </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D1D81" w:rsidRPr="000D1D81">
+        <w:t>тәрбиеші декреттік демалыс кезеніне</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00672510">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="000B5799">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>воспитателей  (в том числе 1 воспитатель</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на период декретного отпуска) с казахским языком обучения. </w:t>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B531BC" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A4075" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР БҒМ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21 ақпандағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A4075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік біл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдарының педагоглауазымына орналасуға конкурс өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00C2426C" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="a3"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>: </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстық комиссияның  отырысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00D3649F" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="009144D3" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...77 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...138 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006424F8" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және электрондық пошта  арқылықабылдана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00124F76" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...10 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ке қойлптын  талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-      <w:pPr>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Квалификационные требования:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еші қызметінің денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қозғалыс, көркемөнер, еңбекке баулу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...717 lines deleted...]
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="001315D5" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRDefault="00554BAF" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>Заработная плата</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиешілерге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек өтіліне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, біліміне</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, санатына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73DDB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="009144D3" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:t>сред</w:t>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулыбілім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>120000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="009144D3" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиешінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>100000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="008F5FA7" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="FontStyle11"/>
-[...83 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E3A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002E6A4F" w:rsidRPr="00274FE6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002E6A4F" w:rsidRPr="00274FE6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="005239E7">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00ED66A4" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="00ED66A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00460AA6" w:rsidRDefault="00D04F39" w:rsidP="00D04F39">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00ED66A4" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...159 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00672510" w:rsidRDefault="00A53AEA" w:rsidP="00A53AEA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672510">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондыадресі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00A53AEA" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-667"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="0018002B" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00A53AEA" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Услугодатель</w:t>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>услугополучателем</w:t>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесеуақытша</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымынакандидаттыңбағалаупарағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________ (Т.Ә.А. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F4582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00194DDD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...50 lines deleted...]
-        <w:rPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="269"/>
+        <w:gridCol w:w="3386"/>
+        <w:gridCol w:w="3442"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="285"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғарыкүндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғарысырттай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қашықтықтаноқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғарыбілімтуралыүздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесежоғарыбілімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылымдокторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттықбіліктіліктестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемежәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметөтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғадейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылданжәнеоданартық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкіріскенпедагогтарүшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімтуралыдипломғақосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекқызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзегеасырукезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болмағанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Терісұсынысхаттыңболуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктердіңкөрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімалушылардыңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстаржеңімпаздарыныңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымижобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадаларжеңімпаздарыныңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсыныңжүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанныңеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесінеенгізілгеноқулықтардыңжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесетең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көптілділіктіжүзегеасыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ӘБжетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалыққауымдастықкөшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілдеоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәндікдайындықсертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысістеудіоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әрқайсысыжеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="21436" w:tblpY="-21884"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="324"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00E06C0E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>Форма</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-қосымша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="1"/>
-        <w:rPr>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00554BAF">
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000A49CC" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A49CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 15" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMrVqLEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ5A7foYcVJCjfbf9j/33/cP9vtj//DrKwInZKqu1Bg23FW30mhV1Y2gHxQ4vBOP&#10;WSiIQav6jUgAkGy0sNnZpbI0O0E32tki3B+KwHYaUXg58KOgN4JaUfAF4dDWyCPjdi/dKP2KCYtD&#10;tjdKuxImYNkCJI2KJUCkZQHVfNlBPgrCgXs0JT+EBW3YCw8tfVSjUT+IzoPCNshh+cNhzyKex/Xa&#10;OAMWHoGBgHVLkWQta7rjDW2wEDE949tEVUKZBC2BXJshQIAgI/EPsXD2eazb0xwhoRnO20BiBG2w&#10;cjIqog0zc4QxUR1jmwvzohRbthTWpc9KB4c8egt+HAXbT1k5N+wwB8C9cYY91HA9Ki0Xi7wobG0L&#10;bqgMA39oc6NEkSfGadgouV5NC4m2xDS4/RgxAHYSJsWGJxYsYySZN7YmeeFsiC9sbuEWNikw99F2&#10;8OeRP5pfzC+iThQO5p3In80614tp1BksgmF/1ptNp7Pgi6EWROMsTxLGDbt2mgTR33VrM9fcHDjM&#10;kxMVJ2IX9vNUrHdKw+YCtLS/Ltdti7qeXonkHtpVCjceYZyDkQn5CaMaRmOM1ccNkQyj4jWH2TMK&#10;osjMUruI+sMQFvLYszr2EE4BKsYawwU35lS7+bupZL7O4KTAlpWLaxgTaW762c4Tx6pZwPizCppR&#10;bebr8dpGPf6hTH4DAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMrVqLEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAipJHTEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu0GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKkkdMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHXvhSEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqF2MEScV1Gj3bfdz9333YL8/dg+/viJwQqaaWo1gw119K41WVd8I+kGBwzvy&#10;mIWCGLRs3ogUAMlaC5udbSYrsxN0o60twv2+CGyrEYWXAz8K+kOoFQVfEMa2Rh4ZdXvpWulXTFgc&#10;srlR2pUwBcsWIG1VLAAiq0qo5sse8lEQDtyjLfk+LOjCXnho4aMGDc+D6DQo7IIclh/HfYt4Gtfv&#10;4gxYeAAGAlYdRZJ3rOmWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJEbTB&#10;0smoiTbMzBHGRE2CbS7Mi0ps2EJYlz4pHRzy6C35YRRsP2bl3LDDHAD3xhn2UMP1oLRczIuytLUt&#10;uaESB35sc6NEWaTGadgouVpOSok2xDS4/RgxAHYUJsWapxYsZySdtbYmRelsiC9tbuEWtikw99F2&#10;8OehP5xdzC6iXhQOZr3In0571/NJ1BvMg/h82p9OJtPgi6EWRKO8SFPGDbtumgTR33VrO9fcHNjP&#10;kyMVR2Ln9vNUrHdMw+YCtHS/Ltddi7qeXor0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EE4BKsEawwU35kS7+buuZbHK4aTAlpWLaxgTWWH62c4Tx6pdwPizCtpR&#10;bebr4dpGPf6hjH8DAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMde+FIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQdG6yEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqB1UipMKarT7tvu5+757sN8fu4dfXxE4IVNNrUaw4a6+lUarqm8E/aDA4R15&#10;zEJBDFo2b0QKgGSthc3ONpOV2Qm60dYW4X5fBLbViMLLgR8F/SHUioIvCGNbI4+Mur10rfQrJiwO&#10;2dwo7UqYgmULkLYqFgCRVSVU82UP+SgIB+7RlnwfFnRhLzy08FGDhudBdBoUdkEOy4/jvkU8jet3&#10;cQYsPAADAauOIsk71nTLW9pgIWJ6xreJqoUyCVoAuS5DgABBRuIfYuHs01i3pz1CQjOctoHECNpg&#10;6WTURBtm5ghjoibBNhfmRSU2bCGsS5+UDg559Jb8MAq2H7NybthhDoB74wx7qOF6UFou5kVZ2tqW&#10;3FCJAz+2uVGiLFLjNGyUXC0npUQbYhrcfowYADsKk2LNUwuWM5LOWluTonQ2xJc2t3AL2xSY+2g7&#10;+PPQH84uZhdRLwoHs17kT6e96/kk6g3mQXw+7U8nk2nwxVALolFepCnjhl03TYLo77q1nWtuDuzn&#10;yZGKI7Fz+3kq1jumYXMBWrpfl+uuRV1PL0V6D+0qhRuPMM7ByIX8hFEDozHB6uOaSIZR+ZrD7BkG&#10;UWRmqV1E53EIC3noWR56CKcAlWCN4YIbc6Ld/F3XsljlcFJgy8rFNYyJrDD9bOeJY9UuYPxZBe2o&#10;NvP1cG2jHv9Qxr8BAAD//wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18&#10;NdpOHGgIrXca5jMFglzpq9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhn&#10;UoayIYth5ntyfKv9YDGyHIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD&#10;5sNofXszPj2CiDTGixkmfEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB0brIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:lastRenderedPageBreak/>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
           <w:sz w:val="26"/>
-        </w:rPr>
-        <w:t>педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="006C3750" w:rsidP="002C4C62">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1jgczEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu2GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w1&#10;2k4caPCtYw3JTIEgLl3VstHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0&#10;ZUMW/cz1xPFWu8FiiHIwshrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTv&#10;Ruvrq/HxAUSgMfyHYcKP6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWOBzMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 20" o:spid="_x0000_s1042" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqhcNMMIAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXpSLRVbRQ&#10;ab1pBXN8ZJ9JMPs2ZleT/ntXEHocZuYbZrHqbCXu1PjSsYbRUIEgzpwpOddw/P16n4HwAdlg5Zg0&#10;/JGH1bL3tsDEuJb3dD+EXEQI+wQ1FCHUiZQ+K8iiH7qaOHpn11gMUTa5NA22EW4rOVZqKi2WHBcK&#10;rOmzoOxyuFkN5/R6CulHqn52JF032XjVbjOtB/1uPQcRqAv/4Vf722gYj+D5Jf4AuXwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAqhcNMMIAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="006C3750" w:rsidP="002C4C62">
-[...25 lines deleted...]
-        </w:pict>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="48" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>лауазымы,ұйымныңатауы,мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (при его наличии))</w:t>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96347">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Подтверждающийдокумент</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> (от 1 до 20)</w:t>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
-[...7129 lines deleted...]
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>(подтверждения)):</w:t>
+        </w:rPr>
+        <w:t>күні):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="006C3750" w:rsidP="002C4C62">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00B22817" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22817">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96347">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="88" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96347">
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="005239E7" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005239E7">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidRDefault="003200E5" w:rsidP="003F6B23">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...112 lines deleted...]
-    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
+    <w:sectPr w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -10335,125 +9552,124 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A13624"/>
     <w:rsid w:val="000554AB"/>
-    <w:rsid w:val="000801DF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="000A49CC"/>
+    <w:rsid w:val="000A4A0A"/>
+    <w:rsid w:val="000D6371"/>
+    <w:rsid w:val="000E28CE"/>
+    <w:rsid w:val="00177DE6"/>
+    <w:rsid w:val="0018002B"/>
+    <w:rsid w:val="0023526B"/>
+    <w:rsid w:val="00253087"/>
+    <w:rsid w:val="00274FE6"/>
+    <w:rsid w:val="002938A2"/>
+    <w:rsid w:val="002E0E0A"/>
+    <w:rsid w:val="002E6A4F"/>
     <w:rsid w:val="003200E5"/>
-    <w:rsid w:val="00357572"/>
-    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="003F6B23"/>
+    <w:rsid w:val="004C17BE"/>
     <w:rsid w:val="004F05BF"/>
-    <w:rsid w:val="00506E71"/>
+    <w:rsid w:val="00503661"/>
+    <w:rsid w:val="005104BF"/>
+    <w:rsid w:val="005239E7"/>
     <w:rsid w:val="00554BAF"/>
-    <w:rsid w:val="005B1B68"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00652B37"/>
+    <w:rsid w:val="0055623E"/>
+    <w:rsid w:val="00586CB1"/>
+    <w:rsid w:val="005A45B6"/>
+    <w:rsid w:val="005E634D"/>
     <w:rsid w:val="00672510"/>
     <w:rsid w:val="0068022E"/>
-    <w:rsid w:val="006C3750"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00A04B10"/>
+    <w:rsid w:val="007209BC"/>
+    <w:rsid w:val="007A65F0"/>
+    <w:rsid w:val="007B1E49"/>
+    <w:rsid w:val="008A7FD2"/>
+    <w:rsid w:val="00902AA3"/>
+    <w:rsid w:val="009744AE"/>
+    <w:rsid w:val="009A51AB"/>
     <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A20DA0"/>
     <w:rsid w:val="00A53AEA"/>
-    <w:rsid w:val="00AC2AE3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BB5F4F"/>
+    <w:rsid w:val="00AA2DA3"/>
+    <w:rsid w:val="00BA6F41"/>
     <w:rsid w:val="00C2136D"/>
-    <w:rsid w:val="00C7070F"/>
-    <w:rsid w:val="00C8534A"/>
     <w:rsid w:val="00D04F39"/>
-    <w:rsid w:val="00D26424"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FE11CA"/>
+    <w:rsid w:val="00D05D5D"/>
+    <w:rsid w:val="00D42C2E"/>
+    <w:rsid w:val="00D440BA"/>
+    <w:rsid w:val="00D445FA"/>
+    <w:rsid w:val="00DD25B2"/>
+    <w:rsid w:val="00E06C0E"/>
+    <w:rsid w:val="00E3127B"/>
+    <w:rsid w:val="00F42116"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22530"/>
+    <o:shapedefaults v:ext="edit" spidmax="21506"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11197,51 +10413,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11490,69 +10706,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2043</Words>
-  <Characters>11647</Characters>
+  <Words>1559</Words>
+  <Characters>8887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13663</CharactersWithSpaces>
+  <CharactersWithSpaces>10426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>