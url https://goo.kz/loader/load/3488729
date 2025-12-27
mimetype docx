--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,922 +1,1188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="41477F6E" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="004E7D85">
+    <w:p w14:paraId="7843FE40" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EF0787F" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="637DDBA7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62AC176B" w14:textId="436971AF" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00052242">
+    <w:p w14:paraId="6E607FFD" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3B0E0E" w14:textId="77777777" w:rsidR="00545E42" w:rsidRPr="00B1520D" w:rsidRDefault="00545E42" w:rsidP="00052242">
+    <w:p w14:paraId="071B0373" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F0B3E88" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="3260140B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
-[...7 lines deleted...]
-        <w:t>педагогтердің  бос және (немесе) уақытша бос лауазымдарына тағайындау конкурсының нәтижесі</w:t>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6ADF5D" w14:textId="008D8CAA" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="2AEDA57E" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="515A0D47" w14:textId="77777777" w:rsidR="000B16FF" w:rsidRPr="00B1520D" w:rsidRDefault="000B16FF" w:rsidP="00984175">
+    <w:p w14:paraId="79F28ECA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="500"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2330"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00052242" w:rsidRPr="00B1520D" w14:paraId="05B490A3" w14:textId="77777777" w:rsidTr="002F08C2">
+      <w:tr w:rsidR="00984175" w:rsidRPr="00F1546E" w14:paraId="067587A1" w14:textId="77777777" w:rsidTr="0074219A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3807EBA5" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="695CC82D" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2332" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22E7F255" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="27785CA9" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
+              <w:t xml:space="preserve">ФИО               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3748751B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="4F8791F7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>Образование</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71C1588F" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="1EF79104" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="216F584B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="1A830997" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="479AEFEA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="3013B61B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF2C677" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="7F3DF1E3" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00E1555A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052242" w:rsidRPr="00B1520D" w14:paraId="53B06B05" w14:textId="77777777" w:rsidTr="002F08C2">
+      <w:tr w:rsidR="0074219A" w:rsidRPr="00F1546E" w14:paraId="3223100C" w14:textId="77777777" w:rsidTr="0074219A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1D62AD" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="65E0F032" w14:textId="77777777" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="0074219A" w:rsidP="0074219A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00F1546E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2332" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="315F8028" w14:textId="5D9EB57F" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00F3349F" w:rsidP="00E1555A">
+          <w:p w14:paraId="016B9DA9" w14:textId="73648182" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="00310928" w:rsidP="0074219A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3349F">
+            <w:r w:rsidRPr="00310928">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Смагулов Бауыржан Мейрамович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37C45B5E" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00E1555A">
+          <w:p w14:paraId="188C1AAA" w14:textId="77777777" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="0074219A" w:rsidP="0074219A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1520D">
-[...6 lines deleted...]
-              <w:t>жоғары</w:t>
+            <w:r w:rsidRPr="00F1546E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F20104" w14:textId="43D74CCB" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00F3349F" w:rsidP="00A34813">
+          <w:p w14:paraId="51E79D10" w14:textId="22AC71C7" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="00485E06" w:rsidP="0074219A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тарих</w:t>
+              <w:t>у</w:t>
             </w:r>
-            <w:r w:rsidR="004E7D85">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> мұғалімі</w:t>
+            <w:r w:rsidR="00686077">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">читель </w:t>
+            </w:r>
+            <w:r w:rsidR="00310928">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="191D9E18" w14:textId="3D382233" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00544E70" w:rsidP="00E1555A">
+          <w:p w14:paraId="3D8141B9" w14:textId="5B251922" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="00D32B00" w:rsidP="0074219A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00544E70">
-[...6 lines deleted...]
-              <w:t>конкурстан өтті</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0074219A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="0074219A" w:rsidRPr="0074219A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рош</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ё</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00310928">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidR="0074219A" w:rsidRPr="0074219A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2046B592" w14:textId="54BB4694" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00052242" w:rsidP="00E1555A">
+          <w:p w14:paraId="22C31C58" w14:textId="2F2C3B23" w:rsidR="0074219A" w:rsidRPr="00F1546E" w:rsidRDefault="0074219A" w:rsidP="0074219A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00052242">
-[...6 lines deleted...]
-              <w:t>уақытша лауазымға (01.09.202</w:t>
+            <w:r w:rsidRPr="0074219A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на временно вакантную должность (до 01.09.202</w:t>
             </w:r>
             <w:r w:rsidR="00686077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00052242">
-[...6 lines deleted...]
-              <w:t>жылға дейін)</w:t>
+            <w:r w:rsidRPr="0074219A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21DB5B9C" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="03D90E61" w14:textId="0639A7E4" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="006C5046">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61C7A99B" w14:textId="1467BE70" w:rsidR="00052242" w:rsidRDefault="00686077" w:rsidP="002F08C2">
+    <w:p w14:paraId="6CEA9990" w14:textId="77777777" w:rsidR="006C5046" w:rsidRPr="00F1546E" w:rsidRDefault="006C5046" w:rsidP="006C5046">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0A182D" w14:textId="7F120AF1" w:rsidR="00984175" w:rsidRPr="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="002F08C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-        <w:t>бос лауазымына</w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс на</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00417CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>химии и инструктор</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00417CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по плаванию</w:t>
       </w:r>
       <w:r w:rsidR="00485E06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">жүзу нұсқаушысы </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для девочек</w:t>
       </w:r>
       <w:r w:rsidRPr="002F08C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> тағайындау конкурсының нәтижесі бойынша комиссиямен бос лауазымға орналасуға кандидаттар анықталмағандықтан, конкурс өткізілмеді деп танылады.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с невыявлением соответствующего кандидата.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B37C43B" w14:textId="77777777" w:rsidR="00052242" w:rsidRPr="00B1520D" w:rsidRDefault="00052242" w:rsidP="00984175">
+    <w:p w14:paraId="544E4911" w14:textId="39095650" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150283FA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="364101F2" w14:textId="76F4744E" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1EDAE9" w14:textId="77777777" w:rsidR="002F08C2" w:rsidRPr="00F1546E" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A55FF65" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00F1546E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Конкурстық комиссияның</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8DC02D" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="3033A6F3" w14:textId="38A63DA6" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00F1546E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="001C38A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>У.Е.Амринова</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0512343A" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="48988946" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="266A3930" w14:textId="59CA2759" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="1ED729D5" w14:textId="7C2F05F6" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00310928" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2022 жылғы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F3349F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00417CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14 желтоқсан</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дека</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бря</w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5420AF0B" w14:textId="456FD58A" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
-[...129 lines deleted...]
-    <w:sectPr w:rsidR="00984175">
+    <w:p w14:paraId="3F6C9D55" w14:textId="77777777" w:rsidR="00015D06" w:rsidRPr="001C38A5" w:rsidRDefault="00000000"/>
+    <w:sectPr w:rsidR="00015D06" w:rsidRPr="001C38A5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -931,81 +1197,85 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00782E99"/>
     <w:rsid w:val="00052242"/>
-    <w:rsid w:val="000B16FF"/>
     <w:rsid w:val="000C0344"/>
     <w:rsid w:val="000E0040"/>
     <w:rsid w:val="000E59B0"/>
     <w:rsid w:val="001C38A5"/>
     <w:rsid w:val="002F08C2"/>
+    <w:rsid w:val="00310928"/>
+    <w:rsid w:val="004168A7"/>
     <w:rsid w:val="00417CCA"/>
     <w:rsid w:val="00485E06"/>
     <w:rsid w:val="004C06E2"/>
     <w:rsid w:val="004E7D85"/>
+    <w:rsid w:val="00521E69"/>
     <w:rsid w:val="00544E70"/>
     <w:rsid w:val="00545E42"/>
+    <w:rsid w:val="005E6115"/>
     <w:rsid w:val="006349F1"/>
     <w:rsid w:val="00686077"/>
-    <w:rsid w:val="00710A73"/>
+    <w:rsid w:val="006C5046"/>
     <w:rsid w:val="0074219A"/>
     <w:rsid w:val="00753833"/>
     <w:rsid w:val="00781A72"/>
     <w:rsid w:val="00782E99"/>
     <w:rsid w:val="008A5CCE"/>
     <w:rsid w:val="008C13D8"/>
+    <w:rsid w:val="00964FD5"/>
     <w:rsid w:val="00984175"/>
     <w:rsid w:val="00A34813"/>
     <w:rsid w:val="00AA3CE7"/>
-    <w:rsid w:val="00B27AE6"/>
+    <w:rsid w:val="00AB28CF"/>
     <w:rsid w:val="00CD0FC8"/>
-    <w:rsid w:val="00D767BC"/>
+    <w:rsid w:val="00D32B00"/>
     <w:rsid w:val="00E13955"/>
     <w:rsid w:val="00EC05E2"/>
     <w:rsid w:val="00F24FEE"/>
-    <w:rsid w:val="00F3349F"/>
+    <w:rsid w:val="00FA7E2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5C4A65A6"/>
@@ -1723,69 +1993,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>103</Words>
-  <Characters>593</Characters>
+  <Words>92</Words>
+  <Characters>528</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>695</CharactersWithSpaces>
+  <CharactersWithSpaces>619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ильясова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>