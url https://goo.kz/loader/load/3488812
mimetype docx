--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,16924 +1,10722 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">әдебиеттану мұғалімінің </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назначениена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантные должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дауға ашық конкурс  жариялайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="007D5704" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+        <w:t xml:space="preserve">литературоведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="00EE57DB" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00874A3E" w:rsidRPr="007D5704" w:rsidRDefault="00A31E55" w:rsidP="00874A3E">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19.12</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2022г</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve"> 09:00</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекенжайы</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007D5704">
+        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD">
+        <w:t>города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007D5704">
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак. Сатпаев көшесі</w:t>
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00555A4B">
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00B97FE7">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00B97FE7" w:rsidRDefault="00D04F39" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1334D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1334D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакант</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1334D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ные</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D" w:rsidRPr="00E1334D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D" w:rsidRPr="00F912DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>литературоведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="00E1334D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын  әдебиеттану  мұғалімінің </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B5799">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1334D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына орна</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>с казахским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ласуға ашық конкурс жариялайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="006A4075" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...151 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...109 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>Прием документов на занятие вакантной должности осуществляет </w:t>
+      </w:r>
+      <w:r w:rsidR="004251B0">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эл. почта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004251B0" w:rsidP="004251B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>с казахским языком обучения.Реализуеттиповую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241 және электрондық пошта  арқылы  қабылданады</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональноеобразование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000613F4" w:rsidRDefault="00874A3E" w:rsidP="000613F4">
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B94C23" w:rsidRDefault="00B94C23" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществляет обучение и воспитание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводит анализ по итогам проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      заполняет журналы (бумажные или электронные);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает достижение личностных, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>системно-деятельностных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      создает условия для инклюзивного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      адаптирует учебные программы с учетом индивидуальной потребности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      участвует в педагогических консилиумах для родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      консультирует родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      повышает профессиональную компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает охрану жизни и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="0016338F" w:rsidRDefault="00B97FE7" w:rsidP="0016338F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      прививает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>антикоррупционную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B97FE7" w:rsidRDefault="004F05BF" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004251B0" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5469 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="006B1684" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+    </w:p>
+    <w:p w:rsidR="004251B0" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B1684">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="004251B0" w:rsidRDefault="004251B0" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Лауазымдық жалақының мөлшері тәрбиешілерге  еңбек өтіліне , біліміне, санатына байланысты</w:t>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00B97FE7" w:rsidRDefault="00A53AEA" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>среднее-специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>000–12</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00B97FE7" w:rsidRDefault="00A53AEA" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006B1684">
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>: высшее образование – 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>0000–1</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...320 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="001B5774" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00B97FE7">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B5774">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A8734C" w:rsidRPr="001B5774" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>муз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
         <w:rPr>
           <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00B97FE7">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:b/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sad6@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="00B97FE7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A8734C" w:rsidRDefault="00A8734C" w:rsidP="00874A3E">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016338F" w:rsidRDefault="0016338F" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="0016338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="0016338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первых руководителей и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="0016338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагоговгосударственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="0016338F" w:rsidP="0016338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="003200E5" w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="0016338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B97FE7" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9265 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 14" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="Полилиния 13" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh7EHlFgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYCbOE1EYgfbbbqLOANH4BorIThDuRHjSdJtuyAhRKWmdmb8zXzfeKYXl9siJxuudCZFSL0z&#10;lxIuIhlnYhXS94t5Z0CJNkzELJeCh/SOa3o5fv7soipH3JepzGOuCIAIParKkKbGlCPH0VHKC6bP&#10;ZMkFGBOpCmZgq1ZOrFgF6EXu+K7bcyqp4lLJiGsNb6e1kY4RP0l4ZN4lieaG5CGF3Aw+FT6X9umM&#10;L9hopViZZlGTBvuHLAqWCQi6h5oyw8haZU+giixSUsvEnEWycGSSZBFHDsDGc0/Y3Kas5MgFxNHl&#10;Xib9/2Cjt5sbRbIYandOiWAF1Gj3dfdj9233gN/vu4efXwgYQamq1CM4cFveKMtVl9cy+qDB4BxZ&#10;7EaDD1lWb2QMgGxtJKqzTVRhTwJvssUi3O2LwLeGRPDS6/eHQ7dLSQQ2z+9jjRw2as9Ga21ecYk4&#10;bHOtTV3CGFZYgLhhsYByJ0UO1XzZIS7p9/wuPpqS79281u2FQxYuqYg/cJEtFHPv5LdOiOW5gd//&#10;LRhoWMe0YP4BGBBYtSmytM062oombVgRZnvGRaFKqa1AC0iuVQgQwMlS/IMvxD71rc80IRQ0w2kb&#10;KEqgDZa1JiUzNjMbwi5JFVLUwr4o5IYvJJrMSekgyKM1F4decByUO8iqNsMJGwDuTb3AoDbXg9IK&#10;Oc/yHGubC5tK1x10URst8yy2RpuNVqvlJFdkw2yD48eSAbAjNyXXIkawlLN41qwNy/J6Df45agu3&#10;sJHA3kfs4E9DdzgbzAZBJ/B7s07gTqedq/kk6PTmXr87PZ9OJlPvs03NC0ZpFsdc2OzaaeIFf9et&#10;zVyr58B+nhyxOCI7x89Tss5xGqgFcGl/a63bFq17einjO2hXJevxCOMcFqlU95RUMBpDqj+umeKU&#10;5K8FzJ6hFwR2luIm6PZ92KhDy/LQwkQEUCE1FC64XU5MPX/XpcpWKUTysKxCXsGYSDLbzzhP6qya&#10;DYw/ZNCMajtfD/fo9fiHMv4FAAD//wMAUEsDBBQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEoYYypNpwoBEkcGSDt6jdcWGqdqsq3w6/FOcLP9&#10;np6/V6wm36sDjbELbOF6loEiroPruLHw/vZ0tQQVE7LDPjBZ+KYIq/L8rMDchSO/0mGdGiUhHHO0&#10;0KY05FrHuiWPcRYGYtF2YfSYZB0b7UY8SrjvtcmyhfbYsXxocaCHluqv9d5beP7o3EukXcWYPs3P&#10;YxWnuKmtvbyYqntQiab0Z4YTvqBDKUzbsGcXVW/hbmFuxWrB3EiFkyGbG5m2cplnoMtC/69Q/gIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAh7EHlFgMAAJgGAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AHAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAegYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00874A3E">
-[...6 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000A0376" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:ind w:hanging="244"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...345 lines deleted...]
-        <w:t>кейінгі</w:t>
+        </w:rPr>
+        <w:t>(фамилия,имя,отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10086" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...20 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-            </w:r>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="002C4C62">
+        <w:trPr>
+          <w:trHeight w:val="10049"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="002C4C62" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="002C4C62" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=6баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=7баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от1 до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов,впервыепоступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос предыдущегоместаработ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призерконкурса"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладательмедали</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> переченьКОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководствоМО=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балла(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00B97FE7" w:rsidRDefault="00B97FE7" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="00F912DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0800">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1037" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00BA0800">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 24" o:spid="_x0000_s1036" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOg+x/EwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMwwgjQQqo0e7r7sfu2+7Bfb/vHn5+QeCETFWlHsGG2/JGWa26vJbJBw0O78hj&#10;Fxpi0LJ6IykAkrWRLjvbVBV2J+hGW1eEu30R2NagBF4G/f5w6HcxSsAXhH1XI4+M2r3JWptXTDoc&#10;srnWpi4hBcsVgDYqFlDutOBQzZcd5KN+L+y6R1PyfVjQhr3w0MJHFQoH/vlpUNgGOazAj8L+b8HO&#10;2zgLFh6AgYBVS5FkLetkKxraYCFie8Z3iSqltglaALk2Q4AAQVbiH2Lh7NPYek9zhIJmOG0DhRG0&#10;wbKWWxJjmdkjrIkquBQ2F/ZFITdsIZ3LnJQODnn0cnEYBdshcwesajfssAfAvakNd6jlelBaIec5&#10;5662XFgqXX/QdVS05Dm1TstGq9VywhXaENvg7mPFANhRmJJrQR1YxgidNbYhOa9tiOcut3ALmxTY&#10;++g6+NPQH84Gs0HUicLerBP502nnaj6JOr150O9Oz6eTyTT4bKkF0SjLKWXCsmunSRD9Xbc2c62e&#10;A/t5cqTiSOzcfZ6K9Y5puFyAlva3znXbonVPLyW9g3ZVsh6PMM7ByKS6x6iC0Rhj/XFNFMOIvxYw&#10;e4ZBFNlZ6hZRtx/CQh16loceIhKAirHBcMGtOTH1/F2XKl9lcFLgyirkFYyJNLf97OZJzapZwPhz&#10;CppRbefr4dpFPf6hjH8BAAD//wMAUEsDBBQABgAIAAAAIQAQsddv3AAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLKXaCipNpwrBJI4MkDh6jdcWGqeqs63j6UlPcLT96ff3&#10;F+vJ9epIo3SeDdwuElDEtbcdNwbe355v7kFJQLbYeyYDZxJYl5cXBebWn/iVjtvQqBjCkqOBNoQh&#10;11rqlhzKwg/E8bb3o8MQx7HRdsRTDHe9TpMk0w47jh9aHOixpfp7e3AGNh+dfRHaV4zhK/15qmSS&#10;z9qY66upegAVaAp/MMz6UR3K6LTzB7aiegN3WbqKqIFVsgQ1A8kyjWV28yYDXRb6f4XyFwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE6D7H8TAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAAAAAAAAAAAAAAAAbQUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(государственныйорган, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00F912DD" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 25" o:spid="_x0000_s1035" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaKgghEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaCMcOttt0QZyBI3CNlRCcodyIsZN0266QEKJS03Fm/PzejGd6ebUrONoypXMpYhx0&#10;fYyYoDLJxTrG75eLzgVG2hCREC4Fi/E90/hq8vzZZVWOWSgzyROmEIAIPa7KGGfGlGPP0zRjBdFd&#10;WTIBzlSqghhYqrWXKFIBesG90PcHXiVVUipJmdbwdlY78cThpymj5l2aamYQjzFwM+6p3HNln97k&#10;kozXipRZThsa5B9YFCQXcOgBakYMQRuVP4EqcqqklqnpUll4Mk1zypwGUBP4Z2ruMlIypwWSo8tD&#10;mvT/g6Vvt7cK5UmMwz5GghRQo/23/c/99/2D+/7YP/z6isAJmapKPYYNd+Wtslp1eSPpBw0O78Rj&#10;Fxpi0Kp6IxMAJBsjXXZ2qSrsTtCNdq4I94cisJ1BFF4O/CjojaBWFHxBOHQ18si43Us32rxi0uGQ&#10;7Y02dQkTsFwBkkbFEiDSgkM1X3aQj4JwUD+akh/CgjbshYeWPqrQqB9E50FhG1Rj+cNhzyGex/Xa&#10;OAsWHoGBgHVLkWQta7oTDW2wELE947tElVLbBC2BXJshQIAgK/EPsXD2eWy9pzlCQTOct4HCCNpg&#10;VcsoibHM7BHWRFWMXS7si0Ju2VI6lzkrHRzy6OXiOAq2n7Kq3bDDHgD3pjbcoZbrUWmFXOScu9py&#10;YakMA3/ocqMlzxPrtGy0Wq+mXKEtsQ3uPlYMgJ2EKbkRiQPLGEnmjW1Izmsb4rnLLdzCJgX2ProO&#10;/jzyR/OL+UXUicLBvBP5s1nnejGNOoNFMOzPerPpdBZ8sdSCaJzlScKEZddOkyD6u25t5lo9Bw7z&#10;5ETFidiF+zwV653ScLkALe1vneu2ReueXsnkHtpVyXo8wjgHI5PqE0YVjMYY648bohhG/LWA2TMK&#10;osjOUreI+sMQFurYszr2EEEBKsYGwwW35tTU83dTqnydwUmBK6uQ1zAm0tz2s5snNatmAePPKWhG&#10;tZ2vx2sX9fiHMvkNAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAaKgghEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидата(приегоналичии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhfqJtDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIc9jESpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAYX6ibQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 27" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqhwCZDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcDjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAKocAmQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 28" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEsCzzDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcQqUEKaBG+2/7n/vv+wf3/tg//PqKQAmZqko9hgN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobPb9KOiOoFYUdEE4cDXyyLg9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPhpF7m4IfjILW6IWHlj6q0KgXROdGYWvkkAK/2+tavHOzbmtm&#10;scIjLGC/bvmRtKVMd6LhDBIitmF8l6VSapudJXBr0wMIYGTj+4Mt+D63rc80LhR0wnkPKIygB1Z1&#10;GCUxlpl1YUVUxdilwm4UcsuX0qnMWd3AyaM2F8dWcPyUVa2GE9YBXJpacE4t16O6CrnI8twVNheW&#10;yiDwBy43WuYZs0rLRqv1aportCW2u91jgwGwEzMlN4I5sJQTNm9kQ7K8lsE+d7mFK9ikwF5G176f&#10;R/5oPpwPo04U9uedyJ/NOteLadTpL4JBb9adTaez4IulFkTjNGOMC8uuHSVB9Het2gy1eggchslJ&#10;FCfBLtzzNFjvlIbLBcTS/ta5bvuzbuiVZPfQq0rWsxFmOQipVJ8wqmAuxlh/3BDFMcpfCxg8oyCC&#10;m4+MW0S9QQgLdaxZHWuIoAAVY4PhgltxaurhuylVtk7BU+DKKuQ1zIgks83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo3R8gSuNUgMQFCaoWDj1uk40TGq9D7Lbp2+Oc4LTandHsN9lq&#10;sK04Ue8bxxqmEwWCuHBlw0bD1+frXQLCB+QSW8ek4UIeVvn1VYZp6c68odM2GBFD2KeooQ6hS6X0&#10;RU0W/cR1xFGrXG8xxLU3suzxHMNtK2dKPUiLDccPNXb0UlNx2B6thudvu1Mq+akuh/V0/Va9GzQf&#10;Ruvbm+FpCSLQEP7MMOJHdMgj094dufSi1ZAsYpWg4XEe56ir+f0CxH68zEDmmfzfIP8FAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEARLAs8w8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo7PiH98AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания,адреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошудопуститьменякконкурсуназанятиевакантной/временновакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 29" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZ20OzEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu7TQRiR1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq12Roy1XOpMixkHX&#10;x4gLKlkm1jF+v1x0hhhpQwQjuRQ8xvdc46vJ82eXVTnmoUxlzrhCACL0uCpjnBpTjj1P05QXRHdl&#10;yQUoE6kKYmCp1h5TpAL0IvdC3+97lVSsVJJyrWF3VivxxOEnCafmXZJoblAeY+Bm3Fe578p+vckl&#10;Ga8VKdOMNjTIP7AoSCbA6QFqRgxBG5U9gSoyqqSWielSWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcjjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNkPen44glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqP+RXRuFLZGDinwo1HP4p2b9Voz&#10;ixUeYQH7dcuPpC1luhMNZ5AQsQ3juyyVUtvsLIFbmx5AACMb3x9swfe5bX2mcaGgE857QGEEPbCq&#10;wyiJscysCyuiKsYuFXajkFu+lE5lzuoGTh61uTi2guOnrGo1nLAO4NLUgnNquR7VVchFlueusLmw&#10;VAaBP3C50TLPmFVaNlqtV9NcoS2x3e0eGwyAnZgpuRHMgaWcsHkjG5LltQz2ucstXMEmBfYyuvb9&#10;PPJH8+F8GHWisD/vRP5s1rleTKNOfxEMLma92XQ6C75YakE0TjPGuLDs2lESRH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMwoi&#10;uPnIuEV0MQhhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABnbQ7MQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименованиеорганизацийобразования,адрес(область,район,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 30" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvy8huDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnsS4B+kRpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbmQAg2RjpsrNLVWFPQtxo54pwfygC2xlEYbMf9PxwBGQo6IJw4Dx7ZNyepRttXjHpcMj2&#10;Rpu6hAlIrgBJE8USINKCQzVfdpCPhpF7m4IfjILW6IWHlj6q0Kh/EZ0bha2RQwr8aNSzeOdmvdbM&#10;YoVHWMB+3fIjWUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYtpVOZs7qBk0ctF8dWcPyUVa2GE9YBXJpacE4t16O6CrnIOXeF5cJS&#10;GQT+wOVGS54nVmnZaLVeTblCW2K72z02GAA7MVNyIxIHljGSzBvZkJzXMthzl1u4gk0K7GV07ft5&#10;5I/mw/kw6kRhf96J/Nmsc72YRp3+IhhczHqz6XQWfLHUgmic5UnChGXXjpIg+rtWbYZaPQQOw+Qk&#10;ipNgF+55Gqx3SsPlAmJpf+tct/1ZN/RKJvfQq0rWsxFmOQiZVJ8wqmAuxlh/3BDFMOKvBQyeURDB&#10;zUfGLaKLQQgLdaxZHWuIoAAVY4PhgltxaurhuylVvs7AU+DKKuQ1zIg0t83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKSEmgzeAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC6IJRvVFErTCU0CcUJigLZj1pimInFKk23t25Od4Gj/1u/vq1aj&#10;d+yIQ+wCKZjPBDCkJpiOWgUf70+3ElhMmox2gVDBhBFW9eVFpUsTTvSGx01qWS6hWGoFNqW+5Dw2&#10;Fr2Os9Aj5ewrDF6nPA4tN4M+5XLv+EKIJfe6o/zB6h7XFpvvzcEr+PzZObm0r+uXZ9nK6WaLYrKo&#10;1PXV+PgALOGY/o7hjJ/Roc5M+3AgE5lTIIuskhTczbPBORfFfQFsnzcLAbyu+H+D+hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDvy8huDwMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGkFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,наименованиеорганизации,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:высшееили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименованиеучебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальностьпо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...12 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличиеквалификационнойкатегории(датаприсвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...75 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 22" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-      <w:pPr>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аграды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атакжедополнительныесведения(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00BA0800" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00874A3E" w:rsidRPr="00635CEC" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 32" o:spid="_x0000_s1028" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA/v4NEQMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPqKNl2t+kBI&#10;C6y05QCu4zQRiR1st+mCOANH4BorIThDuRFjJ+mmXSEhRKSkY8/4m29mPNPLq32Rox2TKhM8wt6F&#10;ixHjVMQZ30T4/WrZG2OkNOExyQVnEb5nCl9Nnz+7rMqQ+SIVecwkAhCuwqqMcKp1GTqOoikriLoQ&#10;JeOgTIQsiIal3DixJBWgF7nju+7QqYSMSykoUwp257USTy1+kjCq3yWJYhrlEQZu2n6l/a7N15le&#10;knAjSZlmtKFB/oFFQTIOTo9Qc6IJ2srsCVSRUSmUSPQFFYUjkiSjzMYA0XjuWTR3KSmZjQWSo8pj&#10;mtT/g6Vvd7cSZXGE+z5GnBRQo8O3w8/D98ODfX8cHn59RaCETFWlCuHAXXkrTayqvBH0gwKFc6Ix&#10;CwU2aF29ETEAkq0WNjv7RBbmJMSN9rYI98cisL1GFDaHvjceDAYYUdB5/sjWyCFhe5ZulX7FhMUh&#10;uxul6xLGINkCxE0UKyh3UuRQzZc95KJxYN+m4EcjrzV64aCViyo0GU3650aQmQ6S5w77fYN3btZv&#10;zQyW38EC9puWH0lbynTPG84gIWIaxrVZKoUy2VkBtzY9gABGJr4/2ILvc9v6TONCQiec94DECHpg&#10;XYdREm2YGRdGRFWEbSrMRiF2bCWsSp/VDZw8anPetbLHu6xqNZwwDuDS1IJ1arh26srFMstzW9ic&#10;Gyojzx3Z3CiRZ7FRGjZKbtazXKIdMd1tHxMMgJ2YSbHlsQVLGYkXjaxJltcy2Oc2t3AFmxSYy2jb&#10;9/PEnSzGi3HQC/zhohe483nvejkLesOlNxrM+/PZbO59MdS8IEyzOGbcsGtHiRf8Xas2Q60eAsdh&#10;chLFSbBL+zwN1jmlYXMBsbS/da7b/qwbei3ie+hVKerZCLMchFTITxhVMBcjrD5uiWQY5a85DJ6J&#10;F8DNR9ougsHIh4XsatZdDeEUoCKsMVxwI850PXy3pcw2KXjybFm5uIYZkWSmme0wqVk1C5h9NoJm&#10;Tpvh2l1bq8d/k+lvAAAA//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfF&#10;dra9uNDoO8caHlYKBHHtTMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS&#10;+roli37lBuLofbvRYohybKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3&#10;vda3N/PTI4hAc/h7hgU/okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAAP7+DREDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="003200E5" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...127 lines deleted...]
-    <w:sectPr w:rsidR="000F1A02" w:rsidSect="000554AB">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00874A3E"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00E20535"/>
+    <w:rsidRoot w:val="00A13624"/>
+    <w:rsid w:val="000554AB"/>
+    <w:rsid w:val="0016338F"/>
+    <w:rsid w:val="002940DB"/>
+    <w:rsid w:val="002B1F93"/>
+    <w:rsid w:val="002B2846"/>
+    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="003200E5"/>
+    <w:rsid w:val="00357572"/>
+    <w:rsid w:val="00393161"/>
+    <w:rsid w:val="004251B0"/>
+    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="004F05BF"/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="005B1B68"/>
+    <w:rsid w:val="00672510"/>
+    <w:rsid w:val="0068022E"/>
+    <w:rsid w:val="00852CD6"/>
+    <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A53AEA"/>
+    <w:rsid w:val="00B008E3"/>
+    <w:rsid w:val="00B42167"/>
+    <w:rsid w:val="00B94C23"/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:rsid w:val="00BA0800"/>
+    <w:rsid w:val="00BB5F4F"/>
+    <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00C8534A"/>
+    <w:rsid w:val="00CB684D"/>
+    <w:rsid w:val="00D04F39"/>
+    <w:rsid w:val="00E1334D"/>
+    <w:rsid w:val="00EE57DB"/>
+    <w:rsid w:val="00F409A2"/>
+    <w:rsid w:val="00F912DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -16928,51 +10726,51 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -17044,259 +10842,678 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00A53AEA"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...8 lines deleted...]
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2136D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2136D"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00A53AEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17330,84 +11547,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -17542,55 +11761,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14822</Characters>
+  <Pages>1</Pages>
+  <Words>2214</Words>
+  <Characters>12626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>123</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17388</CharactersWithSpaces>
+  <CharactersWithSpaces>14811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lenovo</dc:creator>
+  <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>