--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -1,1388 +1,12015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00151E59" w:rsidRPr="00070828" w:rsidRDefault="00151E59" w:rsidP="00151E59">
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk97537497"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"Павлодар қаласының № 49 санаторлық бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00151E59" w:rsidRPr="00070828" w:rsidRDefault="00151E59" w:rsidP="00151E59">
+        <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласының білім беру бөлімі,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00151E59" w:rsidRDefault="00151E59" w:rsidP="00151E59">
+        <w:t>«Санаторный ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім басқармасы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00151E59" w:rsidRPr="006F02DD" w:rsidRDefault="00151E59" w:rsidP="00151E59">
+        <w:t xml:space="preserve"> отдела образования города Павлодара, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...50 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПРОТОКОЛ № 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="007352FF" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"Павлодар қаласының № 49 санаторлық бақшасы "КМҚК</w:t>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2022г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> педагогтың бос лауазымына орналасудың </w:t>
-[...21 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурстық </w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">комиссияның отырысы </w:t>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на занятие вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Присутствовали:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00DF5CD2" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жанна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Муктаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">председатель конкурсной комиссии, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00D82DBB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карпенко Л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>юдмила Викторовна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екретарь Конкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитатель</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82DBB" w:rsidRPr="00D82DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D82DBB" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «Санаторный ясли-сад №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Карпенко Людмила Викторовна-</w:t>
+        <w:t xml:space="preserve">Алтынбасарова Г.К., </w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нурпеисова </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00070828">
-[...6 lines deleted...]
-        <w:t>конкурстық</w:t>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лия</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00070828">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00070828">
-[...6 lines deleted...]
-        <w:t>комиссияның</w:t>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекбековна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00070828">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00070828">
-[...6 lines deleted...]
-        <w:t>хатшысы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Майра</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00070828">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00070828">
-[...6 lines deleted...]
-        <w:t>тәрбиеші</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каирбаевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитатель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00384239" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асемгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нуржановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учитель казахского языка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00CB0C1E" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...79 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...132 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="007505A0" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Рассмотрение конкурсных документов претендентов на замещение вакантной должности педагогических работников государс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">твенной организации образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="00CB0C1E" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ход заседания:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00151E59" w:rsidRPr="00070828" w:rsidRDefault="00151E59" w:rsidP="00151E59">
-[...44 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а рассмотрение комиссии конкурсные документы претендентов на замещение должностей педагогических работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании объявления о конкурсе с 27.09-2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.10.2022г предоставлены не были. Обращений на занятие вакантной должности педагогического работника </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не было выявлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="007505A0" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRPr="007505A0" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.    Признать конкурс на замещение вакантной должности педагог </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">состоявшимся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRPr="00A231DE" w:rsidRDefault="00967F17" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии:   </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D1B50" w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D1B50" w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50" w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21999" w:rsidRDefault="006D1B50" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004701E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:                                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтынбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F21999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.К.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21999" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRPr="00384239" w:rsidRDefault="00F21999" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нурпеисова А. С.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="006D1B50">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D82DBB" w:rsidRPr="00D82DBB" w:rsidRDefault="006D1B50" w:rsidP="00D82DBB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь Конкурсной комиссии:      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карпенко Л. В</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0013488E" w:rsidRDefault="00D82DBB" w:rsidP="00967F17">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1B50" w:rsidRDefault="006D1B50" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00967F17" w:rsidRDefault="00967F17" w:rsidP="005F541A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F541A" w:rsidRDefault="005F541A" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F541A" w:rsidRDefault="005F541A" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00683F78" w:rsidRDefault="00683F78" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00683F78" w:rsidRDefault="00683F78" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00683F78" w:rsidRDefault="00683F78" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A3FBD" w:rsidRDefault="008A3FBD" w:rsidP="005F541A">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F541A" w:rsidRPr="005F541A" w:rsidRDefault="005F541A" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Санаторный ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОТОКОЛ № </w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="007352FF" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5532">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.03.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB209F" w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF5CD2" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Конкурсной комиссии </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF5CD2" w:rsidRDefault="00DF5CD2" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00E432FF" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на занятие вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Присутствовало:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRPr="00A231DE" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осутствовало: 1 – Алтынбасарова </w:t>
+      </w:r>
+      <w:r w:rsidR="00834F00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Г.К., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с производственной необходимостью</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Присутствовали:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00DF5CD2" w:rsidRDefault="00005FD6" w:rsidP="00D82DBB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жанна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Муктаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>председатель конкурсной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00DF5CD2" w:rsidP="00D82DBB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Карпенко Л</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>юдмила Викторовна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екретарь Конкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитатель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00AB2CEC" w:rsidP="00AB2CEC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Нурпеисова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекбековна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00AB2CEC" w:rsidP="00AB2CEC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аирбаевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитатель </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC1EE6" w:rsidRPr="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00AB2CEC" w:rsidP="00AB2CEC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD64B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>урж</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учитель казахского языка </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00CA56C0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRDefault="00384239" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1. Рассмотрение конкурсных документов прете</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD28BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ндентов на замещение </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>педагогических работников</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B" w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>государственной организации образования</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в количестве двух штатных единиц</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00151E59" w:rsidRPr="00070828" w:rsidRDefault="00151E59" w:rsidP="00151E59">
+    <w:p w:rsidR="00841B7B" w:rsidRDefault="00841B7B" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Хомяковой Ирины Федоровны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD28BF" w:rsidRPr="00384239" w:rsidRDefault="00841B7B" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сатыбалдиновой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шолпан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сагындыковны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00CA56C0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ход заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="009C4199">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь Конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карпенко Л.В.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представила на рассмотрение комиссии конкурсные документы претендентов на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">замещение </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>должностей педагогических работников</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRPr="00841B7B" w:rsidRDefault="00841B7B" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Хомяковой Ирины Федоровны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRDefault="00841B7B" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сатыбалдиновой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шолпан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сагындыковны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="0029022C" w:rsidP="009C4199">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лушали:</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6A3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> председателя конкурсной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с совместным  приказом МОН РК от 19.11.2021г. № 568 и Министра труда и социальной защиты населения Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Об утверждении Правил конкурсного замещения руководителей государственных организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и конкурсного назначения на должность руководителей государственных организаций образования, реализующих общеобразовательные учебные программы дошкольного, среднего образования и образовательные программы дополнительного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования" </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыло объявлено проведение конкурса на замещение вакантной должности— </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дагогического работника </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Санаторный ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AB2CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Объявление о проведении конкурса было размеще</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>но на официальном Интернет-ресурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Инстаграм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088" w:rsidRPr="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D43088" w:rsidRPr="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D43088" w:rsidRPr="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 49 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>24.02.2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRDefault="00AB2CEC" w:rsidP="009C4199">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Срок предоставления доку</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ментов на конкурс истек 09</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.03.02022 г</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В комиссию поступили заявления об участии в конкурсе от</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующих </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA56C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>претендентов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRPr="00841B7B" w:rsidRDefault="00841B7B" w:rsidP="00D43088">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Хомяковой Ирины Федоровны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00841B7B" w:rsidRDefault="00841B7B" w:rsidP="00D43088">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сатыбалдиновой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шолпан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сагындыковны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRDefault="009E6A3B" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>документах, пред</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставленных претендентами, обстоятельств, препятствующих поступлению </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>педагогическую должность, не выявлено.</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе рассмотрения </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендент</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на конкурс, была проведена проверка достоверности и полноты сведений, пред</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставленных </w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хомяковой </w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ириной Федоровной,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сат</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ыбалдиновой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шолпан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сагындыковной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, по </w:t>
+      </w:r>
+      <w:r w:rsidR="00384239" w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>результатам которой подготовлено заключение о достове</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рности представленных сведений: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="00055FEB" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="00055FEB" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="00055FEB" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="00055FEB" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="009C4199" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5) копия</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документа, подтверждающую трудовую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C4199" w:rsidRDefault="009C4199" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6) справка</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="009C4199" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7) справка</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055FEB" w:rsidRPr="00055FEB" w:rsidRDefault="009C4199" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8) справка</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FEB" w:rsidRPr="00055FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C07853" w:rsidRDefault="00055FEB" w:rsidP="00055FEB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9) сертификат НКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34BE4" w:rsidRDefault="00C07853" w:rsidP="00841B7B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Председателем конкурсной комиссии до членов комиссии была доведена информация о трудовой деятельности претендентов, уровне образования и дана краткая характеристика претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007468CF" w:rsidRPr="00CA56C0" w:rsidRDefault="00B34BE4" w:rsidP="00CA56C0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Так же г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>осударственной организацией в течение трех рабочих дней пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ле принятия документов кандидатов был</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  направлен</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>запрос</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На что получен</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о том, что по базе ДКСО о нарушении педагогической этики выявлено не было</w:t>
+      </w:r>
+      <w:r w:rsidR="007468CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007468CF" w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запрос </w:t>
+      </w:r>
+      <w:r w:rsidR="007468CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в ГУ ОО </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA56C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара </w:t>
+      </w:r>
+      <w:r w:rsidR="007468CF" w:rsidRPr="00B34BE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA56C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не выявлено</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C07853" w:rsidRDefault="00384239" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены комиссии обсудили</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07853" w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B" w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В отсутствие претендентов конкурсная комиссия</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пяти дней</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B" w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценила </w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B" w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании представленных ими документов об образовании, осуществлении трудовой деятельности, а также их профессиональных и личностных качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00C77D27" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0029022C" w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Слушали:</w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Смайлову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.К</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о результатам проверки установлено, что </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставленные документы соответствуют перечню п.107 </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5906" w:rsidRPr="000F5906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C" w:rsidRPr="000F5906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсная комиссия </w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подсчитала количество</w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C" w:rsidRPr="000F5906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029022C" w:rsidRDefault="0029022C" w:rsidP="007468CF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Смагулов</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. обратил</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внимание комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на то, что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результаты тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НКТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не были предоставлены</w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> так как на момент </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>база проведения тестов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> была</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> закрыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007468CF" w:rsidRPr="007468CF" w:rsidRDefault="007468CF" w:rsidP="007468CF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD28BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E8233E" w:rsidRDefault="00C07853" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1.    Признать конкурс на замещение вакантной должности педагог состоявшимся. Результаты конкурса и голосования считать основанием для приема на работу участников конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C07853" w:rsidRPr="00C07853" w:rsidRDefault="00C07853" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a5"/>
+        <w:tblW w:w="10305" w:type="dxa"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="945"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="972"/>
+        <w:gridCol w:w="2009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00384239" w:rsidRPr="00384239" w:rsidTr="00CC1EE6">
+        <w:trPr>
+          <w:trHeight w:val="357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10305" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вакансия педагог </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Санаторный </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ясли-сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 49 города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidTr="00CC1EE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О. претендента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Занимаемая должность, ставка,                     вид занятости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заявленая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по конкурсу/выборам должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB0C1E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итоги голосования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Принятое решение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidTr="00CC1EE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>против</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>воздержались</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidTr="00CC1EE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хомякова И.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Помощник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>воспиитателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 1 ставка,  основная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00CC1EE6" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Един-о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00196C14" w:rsidP="00005FD6">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендовать </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2DEC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на должность воспитателя ДУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidTr="00CC1EE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сатыбалдинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00196C14" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="004F2DEC" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Един-о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00384239">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2DEC" w:rsidRPr="00384239" w:rsidRDefault="00196C14" w:rsidP="00005FD6">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00196C14">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендовать на должность воспитателя ДУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E379DB" w:rsidRPr="00E379DB" w:rsidRDefault="00E379DB" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководителю организации образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00994100">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендовать</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назначение</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на вакантную должность воспитателя ДОУ</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6494" w:rsidRPr="002C6494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хомякову  Ирину  Федоровну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E379DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E379DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сатыба</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лдинову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шолпан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сагындыковну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D43088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00E379DB">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6494">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E8233E" w:rsidRPr="00384239" w:rsidRDefault="00E8233E" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены К</w:t>
+      </w:r>
+      <w:r w:rsidR="0004701E" w:rsidRPr="0004701E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нурпеисова А. С.                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E8233E" w:rsidRDefault="00E8233E" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Н. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005FD6" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00005FD6" w:rsidP="00005FD6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRPr="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь Конкурсной комиссии:      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8233E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карпенко Л. В. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00384239" w:rsidRDefault="00384239" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C4199" w:rsidRDefault="009C4199" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00834F00" w:rsidRDefault="00834F00" w:rsidP="00384239">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00070828">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk97537576"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дауыс беру нәтижелері бойынша конкурстық комиссия </w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>«Санаторный ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПРОТОКОЛ № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRPr="007352FF" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 02.02.2022г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB209F" w:rsidRPr="00384239" w:rsidRDefault="00CB209F" w:rsidP="00CB209F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00384239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на занятие вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИСУТСТВОВАЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.А.- председатель Конкурсной комиссии, руководитель организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карпенко Л.В. -секретарь Конкурсной комиссии, воспитатель </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.– специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Нурпеисова А. С. – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. – методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB0C1E" w:rsidRPr="007505A0" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. – воспитатель, председатель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профсоюзного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...65 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммитета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП «Санаторный ясли-сад №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00CB0C1E" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00CB0C1E" w:rsidRPr="007505A0" w:rsidRDefault="00CB0C1E" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Рассмотрение конкурсных документов претендентов на замещение вакантной должности педагогических работников государс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">твенной организации образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB0C1E" w:rsidRPr="00CB0C1E" w:rsidRDefault="00CB0C1E" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ход заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00CB0C1E" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а рассмотрение комиссии конкурсные документы претендентов на замещение должностей педагогических работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании объявления о конкурсе с 20.01-2022-28.01.2022г предоставлены не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>были</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бращений</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на занятие вакантной должности педагогического работника </w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5129">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E5129">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> было выявлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.    Признать конкурс на замещение вакантной должности педагог </w:t>
+      </w:r>
+      <w:r w:rsidR="00E379DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">состоявшимся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии:                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. А. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Члены конкурсной комиссии:                            </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Нурпеисова А. С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002640DB" w:rsidRDefault="002640DB" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="00A231DE" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь Конкурсной комиссии:                       Карпенко Л. В. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E5129" w:rsidRDefault="003E5129" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="007505A0" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОТОКОЛ № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="007352FF" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11.02.2022г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара» на занятие вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИСУТСТВОВАЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.А.- председатель Конкурсной комиссии, руководитель организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карпенко Л.В. -секретарь Конкурсной комиссии, воспитатель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.– специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Нурпеисова А. С. – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. – методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. – воспитатель, председатель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профсоюзного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммитета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП «Санаторный ясли-сад №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...69 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Рассмотрение конкурсных документов претендентов на замещение вакантной должности педагогических работников государст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венной организации образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ход заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На рассмотрение комиссии конкурсные документы претендентов на замещение должностей педагогических работников на основании объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                                         </w:t>
-[...102 lines deleted...]
-    <w:sectPr w:rsidR="00151E59" w:rsidRPr="00151E59">
+        <w:t xml:space="preserve">о конкурсе с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>01.02.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2022-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>08.02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.2022г предоставлены не были, так как обращений на занятие вакантной должности педагогического работника государственной организации образования  в установленный срок не поступили.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.    Признать конкурс на замещение вакантной должности педагог не состоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии:                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. А. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены конкурсной комиссии:                            </w:t>
+      </w:r>
+      <w:r w:rsidR="002640DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="002640DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нурпеисова А. С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002640DB" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002640DB" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00A231DE" w:rsidP="00A231DE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A231DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь Конкурсной комиссии:                       Карпенко Л. В. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОТОКОЛ № 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007352FF" w:rsidRDefault="007352FF" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От 22</w:t>
+      </w:r>
+      <w:r w:rsidR="007505A0" w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.02.2022г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания Конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анаторный ясли-сад № 49 города Павлодара» на занятие вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИСУТСТВОВАЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.А.- председатель Конкурсной комиссии, руководитель организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карпенко Л.В. -секретарь Конкурсной комиссии, воспитатель </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="00FF117B" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.– специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Нурпеисова А. С. – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. – методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. – воспитатель, председатель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профсоюзного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммитета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП «Санаторный ясли-сад №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="00FF117B" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Рассмотрение конкурсных документов претендентов на замещение вакантной должности педагогических работников государственной организации образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="00FF117B" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ход заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На рассмотрение комиссии конкурсные документы претендентов на замещение должностей педагогических работников на основании объявления о конкурсе с </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.02.2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.02.2022г предоставлены не были, так как обращений на занятие вакантной должности педагогического работника </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственной организации образования  в установленный срок не поступили.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="00FF117B" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.    Признать конкурс на замещение вакантной должности педагог не состоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии:                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. А. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены конкурсной комиссии:                             </w:t>
+      </w:r>
+      <w:r w:rsidR="002640DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Нурпеисова А. С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007505A0" w:rsidRPr="007505A0" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002640DB" w:rsidRDefault="002640DB" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="007505A0" w:rsidP="007505A0">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007505A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь Конкурсной комиссии:                       Карпенко Л. В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад № 49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОТОКОЛ № </w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="007352FF" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r w:rsidR="007468CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22</w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF" w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.02.2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заседания Конкурсной комиссии КГКП</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анаторный ясли-сад № 49 города Павлодара» на занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантной должности педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИСУТСТВОВАЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.А.- председатель Конкурсной комиссии, руководитель организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Карпенко Л.В. -секретарь Конкурсной комиссии, воспитатель </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены конкурсной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.– специалист ГУ «Отдела образования города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Нурпеисова А. С. – руководитель КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. – методист КГКП «Санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. – воспитатель, председатель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профсоюзного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммитета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП «Санаторный ясли-сад №49»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повестка заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Рассмотрение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документов претендента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на замещение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантной должности педагогических работников государственной организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на время очередного трудового отпуска основного педагога </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мартын Н.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроком на 86 дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ход заседания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь Конкурсной комиссии Карпенко Л.В. представи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) на рассмотрение комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документы претендента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на замещение временно вакантной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогического работника государственной организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Душенковой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="0032211A" w:rsidRDefault="0029022C" w:rsidP="007468CF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="0032211A" w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лушали:</w:t>
+      </w:r>
+      <w:r w:rsidR="0032211A" w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032211A" w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0032211A" w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. А., председателя конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0032211A" w:rsidRPr="0032211A" w:rsidRDefault="0032211A" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          В документах, предоставленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кондидатом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, обстоятельств, препятствующих поступлению на замещение временно вакантной должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, не выявлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0032211A" w:rsidRDefault="0032211A" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе рассмотрения, была проведена проверка достоверности и полноты сведений, предоставленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Душенковой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Натальей Александровной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, по результатам которой подготовлено заключение о достов</w:t>
+      </w:r>
+      <w:r w:rsidR="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерности представленных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00371A0B" w:rsidRDefault="00371A0B" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены комиссии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обсудили</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>онкурсная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>комиссияоценила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кандидата на основании представленных им</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07853">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов об образовании, осуществлении трудовой деятельности, а также профессиональных и личностных качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00371A0B" w:rsidRPr="00371A0B" w:rsidRDefault="00371A0B" w:rsidP="00371A0B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029022C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Слушали:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Смагулову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по результатам проверки установлено, что  предоставленные документы соответствуют перечню п.107 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F5906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00371A0B" w:rsidRDefault="00371A0B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. обратила внимание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> то, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z192"/>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">что в связи с производственной необходимостью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Душенкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.А. принимается на работу временно, с замещением основного педагога Мартын Н.А. на период очередного трудового отпуска сроком на 86 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00371A0B" w:rsidRDefault="00371A0B" w:rsidP="003E5129">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам голосования конкурсная комиссия приняла решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Признать конкурс на замещение </w:t>
+      </w:r>
+      <w:r w:rsidR="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>временной вакантной должности педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0032211A" w:rsidRPr="00FF117B" w:rsidRDefault="0032211A" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032211A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на замещение временной вакантной должности педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Душенкову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вне конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4199">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в связи с производственной необходимостью</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на период отпуска основного работника</w:t>
+      </w:r>
+      <w:r w:rsidR="007352FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мартын Н.А. сроком на 86 дней</w:t>
+      </w:r>
+      <w:r w:rsidR="00371A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="007352FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Конкурсной комиссии:                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. А. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены конкурсной комиссии:                             </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтыбасарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Нурпеисова А. С. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF117B" w:rsidRPr="00FF117B" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смагулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002640DB" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002640DB" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жапарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002640DB" w:rsidRPr="00CB0C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002640DB" w:rsidRDefault="002640DB" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidRDefault="00FF117B" w:rsidP="00FF117B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь Конкурсной комиссии:                       Карпенко Л. В.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A231DE" w:rsidRPr="00A231DE" w:rsidSect="00D82DBB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007C7AFC" w:rsidRDefault="007C7AFC" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007C7AFC" w:rsidRDefault="007C7AFC" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="007C7AFC" w:rsidRDefault="007C7AFC" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="007C7AFC" w:rsidRDefault="007C7AFC" w:rsidP="00384239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="7DDE0673"/>
+    <w:nsid w:val="06483131"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E3660FA"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="3BDAA674"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -1414,107 +12041,1145 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1DFC7829"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4BF2ECAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="20A167BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="424016A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="284A461C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="233C2984"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4370526A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F90BEE4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="5D6542B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="404E522A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="5F2C630C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="249E46E2"/>
+    <w:lvl w:ilvl="0" w:tplc="2C4CE70A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="852" w:hanging="492"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="69355FF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55C854F2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00151E59"/>
-    <w:rsid w:val="00151E59"/>
+    <w:rsidRoot w:val="00384239"/>
+    <w:rsid w:val="00005FD6"/>
+    <w:rsid w:val="000175C2"/>
+    <w:rsid w:val="000430CC"/>
+    <w:rsid w:val="0004701E"/>
+    <w:rsid w:val="00055FEB"/>
+    <w:rsid w:val="000B300E"/>
+    <w:rsid w:val="000F5906"/>
+    <w:rsid w:val="0013488E"/>
+    <w:rsid w:val="00196C14"/>
+    <w:rsid w:val="002640DB"/>
+    <w:rsid w:val="0029022C"/>
+    <w:rsid w:val="002C6494"/>
+    <w:rsid w:val="002F6F1C"/>
+    <w:rsid w:val="00305ECC"/>
+    <w:rsid w:val="0032211A"/>
+    <w:rsid w:val="00337BAC"/>
+    <w:rsid w:val="003712EB"/>
+    <w:rsid w:val="00371A0B"/>
+    <w:rsid w:val="00384239"/>
+    <w:rsid w:val="003C3A84"/>
+    <w:rsid w:val="003E5129"/>
+    <w:rsid w:val="003F00C2"/>
+    <w:rsid w:val="00416F22"/>
+    <w:rsid w:val="004737E6"/>
+    <w:rsid w:val="004F2DEC"/>
+    <w:rsid w:val="004F7E12"/>
+    <w:rsid w:val="00500E90"/>
+    <w:rsid w:val="00555C1C"/>
+    <w:rsid w:val="005F541A"/>
+    <w:rsid w:val="00683F78"/>
+    <w:rsid w:val="006D1B50"/>
+    <w:rsid w:val="007352FF"/>
+    <w:rsid w:val="007468CF"/>
+    <w:rsid w:val="007505A0"/>
+    <w:rsid w:val="00786AD9"/>
+    <w:rsid w:val="007C7AFC"/>
+    <w:rsid w:val="007D1EA7"/>
+    <w:rsid w:val="007E5532"/>
+    <w:rsid w:val="00834F00"/>
+    <w:rsid w:val="00841B7B"/>
+    <w:rsid w:val="008527A5"/>
+    <w:rsid w:val="008A3FBD"/>
+    <w:rsid w:val="00934E38"/>
+    <w:rsid w:val="00967F17"/>
+    <w:rsid w:val="00994100"/>
+    <w:rsid w:val="009948E6"/>
+    <w:rsid w:val="009B0A43"/>
+    <w:rsid w:val="009C4199"/>
+    <w:rsid w:val="009E6A3B"/>
+    <w:rsid w:val="009F70C7"/>
+    <w:rsid w:val="00A14625"/>
+    <w:rsid w:val="00A231DE"/>
+    <w:rsid w:val="00AB2CEC"/>
+    <w:rsid w:val="00B34BE4"/>
+    <w:rsid w:val="00C07853"/>
+    <w:rsid w:val="00C43420"/>
+    <w:rsid w:val="00C77D27"/>
+    <w:rsid w:val="00CA56C0"/>
+    <w:rsid w:val="00CB0C1E"/>
+    <w:rsid w:val="00CB209F"/>
+    <w:rsid w:val="00CC1EE6"/>
+    <w:rsid w:val="00CD28BF"/>
+    <w:rsid w:val="00CD64B2"/>
+    <w:rsid w:val="00D43088"/>
+    <w:rsid w:val="00D82DBB"/>
+    <w:rsid w:val="00DF3B13"/>
+    <w:rsid w:val="00DF5CD2"/>
+    <w:rsid w:val="00E05AC8"/>
+    <w:rsid w:val="00E379DB"/>
+    <w:rsid w:val="00E432FF"/>
+    <w:rsid w:val="00E467F0"/>
+    <w:rsid w:val="00E55F43"/>
+    <w:rsid w:val="00E8233E"/>
+    <w:rsid w:val="00F21999"/>
+    <w:rsid w:val="00F94AA9"/>
+    <w:rsid w:val="00F95A58"/>
+    <w:rsid w:val="00FF117B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00384239"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00384239"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00384239"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00384239"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00384239"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00384239"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00384239"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00384239"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C07853"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1621,304 +13286,91 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00151E59"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...211 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1952,86 +13404,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2162,55 +13612,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C0A8065-4703-4AC6-9050-2DBBA9C39224}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1774</Characters>
+  <Pages>1</Pages>
+  <Words>2845</Words>
+  <Characters>16217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2081</CharactersWithSpaces>
+  <CharactersWithSpaces>19024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Sony</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Андрей</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>