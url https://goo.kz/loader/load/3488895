--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,11539 +1,1748 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли-сад №57 города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-центр полиязычного воспитания»</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының №57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...8 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00C65762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес: г. Павлодар, ул. Жаяу</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, 4, тел.34-70-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, э / почта: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00C65762" w:rsidRPr="00455591">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sad57@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C65762">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(мекенжайы: Павлодар қаласы, Жаяу Мұса к.,4 құрылы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B61725">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C65762" w:rsidRPr="00C65762" w:rsidRDefault="00C65762" w:rsidP="00C65762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с, тел.34-70-22</w:t>
-[...49 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на вакантные должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орыс тілінде оқытылатын ә</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>музыкального руководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">н-күй жетекшісінің  бос лауазымына </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C386D">
+        <w:t xml:space="preserve"> с русским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65636" w:rsidRPr="00E65636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со ставкой 0,75</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65636">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">0,75 мөлшермен </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орналасуға ашық конкурс жариялайды.</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.12.2022-04.01.2023 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C65762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>город Павлодар, улица Жаяу Мусы, стр. 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: в течение  7 рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли-сад №57 города Павлодара» по адресу: город Павлодар, улица Жаяу Мусы, стр. 4 (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>музыкальным руководителям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зависимости от стажа работы, образования от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурс: </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve">99,572  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
-[...121 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурс кезеңдері:</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">  110,376 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим Правилам; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка с психоневрологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бұқаралық ақпарат құралдарында </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve">8) справка с наркологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос лауазымға орналасуға құжаттар Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс «Павлодар қаласы №57 сәбилер бақшасы» КМҚК </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve">9) справка об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) сертификат Национального квалификационного тестирования (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...12 lines deleted...]
-          <w:bCs/>
+        <w:t>ЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+        </w:rPr>
+        <w:t>11) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...454 lines deleted...]
-    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00A970D0">
+    <w:p w:rsidR="00C65762" w:rsidRDefault="00B531BC" w:rsidP="00C65762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>: 8 (7182) 34-70-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>87772070691,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...176 lines deleted...]
-      <w:r w:rsidR="00A970D0">
+        </w:rPr>
+        <w:t xml:space="preserve"> электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65762">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad</w:t>
-[...29 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>sad57@goo.edu.kz)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00A970D0" w:rsidP="00A970D0">
+    <w:p w:rsidR="00C65762" w:rsidRDefault="00C65762" w:rsidP="00C65762">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00A970D0" w:rsidRDefault="00097EC8" w:rsidP="00A970D0">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00C65762" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-13"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-12"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қағидаларына</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>11-қосымша</w:t>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...17 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E21B946" wp14:editId="2ECD74E4">
+                <wp:extent cx="1779905" cy="5080"/>
+                <wp:effectExtent l="12065" t="2540" r="8255" b="11430"/>
+                <wp:docPr id="5" name="Группа 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="5080"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2803" cy="8"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Line 6"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="4"/>
+                            <a:ext cx="2803" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="5085">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="3E18FB0A" id="Группа 5" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+QKuqiAIAAH0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVFFu2zAM/R+wOwj+T22nTpoYdYohTvrT&#10;bQXaHUCRZVuYLAmSGicYBgzYEXaR3WBXaG80SnLStf0pugSQJZN8fnwkdX6x6zjaUm2YFEWUniQR&#10;ooLIiommiL7crkezCBmLRYW5FLSI9tREF4v37857ldOxbCWvqEYAIkzeqyJqrVV5HBvS0g6bE6mo&#10;AGMtdYctHHUTVxr3gN7xeJwk07iXulJaEmoMvC2DMVp4/LqmxH6ua0Mt4kUE3KxftV83bo0X5zhv&#10;NFYtIwMN/AYWHWYCPnqEKrHF6E6zF1AdI1oaWdsTIrtY1jUj1OcA2aTJs2wutbxTPpcm7xt1lAmk&#10;fabTm2HJp+21RqwqokmEBO6gRPe/Hn48/Lz/A//faOIU6lWTg+OlVjfqWoc0YXslyVcD5vi53Z2b&#10;4Iw2/UdZASq+s9IrtKt15yAgd7TzhdgfC0F3FhF4mZ6dzecJMCJgmySzoU6khWK+CCLtaggbz5LT&#10;EDNztGOch495ggMhlw20mnlU0/yfmjctVtQXyTiRBjWnBzWvmKBoGlT0DksRJCQ7MUiIhFy2WDTU&#10;Q93uFciV+gQcVcAMIe5gQP9XSpo5BJwfJH3Uxot51AbnSht7SWWH3KaIOBD2hcLbK2ODjAcXByjk&#10;mnHusblAva/PxAcYyVnljM7N6Gaz5BptsZs8/xtq8sQNOlxUHqyluFoNe4sZD3vgycWQB9A5ZORH&#10;69s8ma9mq1k2ysbT1ShLynL0Yb3MRtN1ejYpT8vlsky/O2pplresqqhw7A5jnmavK/xw4YQBPQ76&#10;UYb4KbpvOxD98PSkoQFD7UL3bWS1v9ZO2qEX/c7PuA8b7iN3ifx79l6Pt+biLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAMMac9LaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Mygre6&#10;idIS0mxEpPUkhaogvY3ZMQlmZ0N2TeK/77aXehl4vMd732Sr0TSip87VlhXE8wgEcWF1zaWC4+Hj&#10;OQHhPLLGxjIpuJODVT55yjDVduAv6ve+FKGEXYoKKu/bVEpXVGTQzW1LHLyL7Qz6ILtS6g6HUG4a&#10;uYiiV2mw5rBQYUubiorr/mYUbAcc1sv4vd9dL5v79+Hl87SLSanZdFy/gfA0+v8w/OIHdMgD09ne&#10;WDvRKAiP+L8bvEUSLUGcFSQg80w+ouc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH5A&#10;q6qIAgAAfQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMMac9LaAAAAAgEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;">
+                <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSP286xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNatQtatR1LbgoeCflnp9bJ67q5uXJUnd9dubguBxmJnfMNN5aypxIedLywr6vQQE&#10;cWZ1ybmCn+/PlzEIH5A1VpZJwZU8zGedpymm2ja8o8s+5CJC2KeooAihTqX0WUEGfc/WxNE7Wmcw&#10;ROlyqR02EW4qOUiSoTRYclwosKZVQdl5/2cUtF/2d7ysq+b1rSnX74eT+9huRko9d9vFBESgNjzC&#10;9/ZaKxjC/5V4A+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANI/bzrEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...262 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9631 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F34BD69" wp14:editId="55536377">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B0A2D17" wp14:editId="70709229">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>142240</wp:posOffset>
+                  <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
-                <wp:effectExtent l="12700" t="8255" r="7620" b="9525"/>
+                <wp:effectExtent l="12700" t="13335" r="7620" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Полилиния 9"/>
+                <wp:docPr id="4" name="Полилиния 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -11569,176 +1778,12168 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3C2C7320" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="7AA7CC0C" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уровень </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/ академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Национальное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED055D">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до90 баллов = 9 баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация/Категория.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Лучший </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и ( или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и ( или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC"/>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурс</w:t>
-[...9 lines deleted...]
-          <w:spacing w:val="-12"/>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орган</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29A421B0" wp14:editId="18AD1AE8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>153035</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="12700" t="5715" r="7620" b="12065"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Полилиния 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="74BE5107" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43EDF213" wp14:editId="1A6C9ACC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>320040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="12700" t="10795" r="7620" b="6985"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Полилиния 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6A656C95" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1BA05F" wp14:editId="6DE45C0A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="537B3A0F" wp14:editId="396F22E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Полилиния 8"/>
+                <wp:docPr id="21" name="Полилиния 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -11774,218 +13975,213 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0BC9A509" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="332977EA" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>ЖСН</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CABCB77" wp14:editId="15A97A5C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779A9609" wp14:editId="007AD83A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Полилиния 7"/>
+                <wp:docPr id="20" name="Полилиния 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12001,180 +14197,171 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A473F43" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="0781E7BA" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C7E514" wp14:editId="0CABF8F3">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C5CD6A" wp14:editId="566612A8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="6350" r="6985" b="11430"/>
+                <wp:effectExtent l="9525" t="8255" r="6985" b="9525"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Полилиния 6"/>
+                <wp:docPr id="19" name="Полилиния 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12190,101 +14377,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6E6ACCAB" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="4B734ADF" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7A3D19" wp14:editId="3886B21D">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E69061" wp14:editId="3C3DAF8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Полилиния 5"/>
+                <wp:docPr id="18" name="Полилиния 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -12300,2161 +14487,2233 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="426CE8C5" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="3E0DED28" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>телефоны</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="105" w:firstLine="419"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BC7B2" wp14:editId="1BD8C43E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2584BE05" wp14:editId="707A7AB7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="5080" r="6985" b="12700"/>
+                <wp:extent cx="6130290" cy="1270"/>
+                <wp:effectExtent l="9525" t="10795" r="13335" b="6985"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="17" name="Полилиния 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6041390" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9514">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9513" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6D7B6511" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="010A84F2" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="539" w:right="949"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="120" w:right="1486"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1027 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:t>______________________________________</w:t>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...267 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A5A73B" wp14:editId="0C0D57B5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25C2A176" wp14:editId="36B903C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6396355" cy="1270"/>
-                <wp:effectExtent l="9525" t="12065" r="13970" b="5715"/>
+                <wp:extent cx="6130290" cy="1270"/>
+                <wp:effectExtent l="9525" t="6350" r="13335" b="11430"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Полилиния 1"/>
+                <wp:docPr id="16" name="Полилиния 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6396355" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="10073">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="10073" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6F64C41F" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="1DA79B2B" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="905"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72D205C9" wp14:editId="7E34E7D4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="9525" t="11430" r="10795" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Полилиния 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1EE1EFFB" id="Полилиния 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxaYS3EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtetRIlgBNdp/2//cf98/4Ptj//DrKwElZKoq9RgO3JW3ysaqyxsZfdCgcE40&#10;dqHBhqyqNzIGQLYxErOzS1RhT0LcZIdFuD8Uge8MiWCz73vDXg/IRKDz/AHWyGHj9my00eYVl4jD&#10;tjfa1CWMQcICxE0USyh3UuRQzZcd4pJhgG9T8IOR1xq9cMjSJRUZDUbdcyO/NUIkz+13uxbv3Kzb&#10;mlks/wgL2K9bfixtKUc70XAGiTDbMC5mqZTaZmcJ3Nr0AAIY2fj+YAu+z23rM40LBZ1w3gOKEuiB&#10;VR1GyYxlZl1YkVQhxVTYjUJu+VKiypzVDZw8anNxbIXHj1nVajhhHcClqQV0arke1VXIRZbnWNhc&#10;WCoDzx1gbrTMs9gqLRut1qtprsiW2e7GxwYDYCdmSm5EjGApZ/G8kQ3L8loG+xxzC1ewSYG9jNi+&#10;n0fuaD6cD4NO4PfnncCdzTrXi2nQ6S+8QW/WnU2nM++LpeYF4zSLYy4su3aUeMHftWoz1OohcBgm&#10;J1GcBLvA52mwzikNzAXE0v7WuW77s27olYzvoVeVrGcjzHIQUqk+UVLBXAyp/rhhilOSvxYweEZe&#10;ADefGFwEvYEPC3WsWR1rmIgAKqSGwgW34tTUw3dTqmydgicPyyrkNcyIJLPNjMOkZtUsYPZhBM2c&#10;tsP1eI1Wj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCxaYS3EAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EAE9AF0" wp14:editId="1B7ACAD2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="9525" t="5080" r="10795" b="12700"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Полилиния 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4A65E1B7" id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6kCZDEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtQsoEayAGu2/7X/uv+8f8P2xf/j1lYASMlWVegwH7spbZWPV5Y2MPmhQOCca&#10;u9BgQ1bVGxkDINsYidnZJaqwJyFussMi3B+KwHeGRLDZ971hr9ejJAKd5w+wRg4bt2ejjTavuEQc&#10;tr3Rpi5hDBIWIG6iWEK5kyKHar7sEJcMA3ybgh+MvNbohUOWLqnIaDDqnhv5rREieW6/27V452bd&#10;1sxi+UdYwH7d8mNpSznaiYYzSITZhnExS6XUNjtL4NamBxDAyMb3B1vwfW5bn2lcKOiE8x5QlEAP&#10;rOowSmYsM+vCiqQKKabCbhRyy5cSVeasbuDkUZuLYys8fsyqVsMJ6wAuTS2gU8v1qK5CLrI8x8Lm&#10;wlIZeO4Ac6NlnsVWadlotV5Nc0W2zHY3PjYYADsxU3IjYgRLOYvnjWxYltcy2OeYW7iCTQrsZcT2&#10;/TxyR/PhfBh0Ar8/7wTubNa5XkyDTn/hDXqz7mw6nXlfLDUvGKdZHHNh2bWjxAv+rlWboVYPgcMw&#10;OYniJNgFPk+DdU5pYC4glva3znXbn3VDr2R8D72qZD0bYZaDkEr1iZIK5mJI9ccNU5yS/LWAwTPy&#10;Arj5xOAi6A18WKhjzepYw0QEUCE1FC64FaemHr6bUmXrFDx5WFYhr2FGJJltZhwmNatmAbMPI2jm&#10;tB2ux2u0evw3mfwGAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD6kCZDEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B86780" w:rsidRPr="00097EC8" w:rsidRDefault="00B86780">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00B86780" w:rsidRPr="00097EC8">
+    <w:p w:rsidR="005A0474" w:rsidRDefault="005A0474"/>
+    <w:sectPr w:rsidR="005A0474">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E918E4"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00FB0076"/>
+    <w:rsidRoot w:val="00C37D06"/>
+    <w:rsid w:val="000846A1"/>
+    <w:rsid w:val="00197CF2"/>
+    <w:rsid w:val="003561EF"/>
+    <w:rsid w:val="003F34EB"/>
+    <w:rsid w:val="00451F09"/>
+    <w:rsid w:val="005A0474"/>
+    <w:rsid w:val="005C31A0"/>
+    <w:rsid w:val="007C0FF0"/>
+    <w:rsid w:val="008D0EB2"/>
+    <w:rsid w:val="00A21C04"/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00C37D06"/>
+    <w:rsid w:val="00C65762"/>
+    <w:rsid w:val="00C72BB0"/>
+    <w:rsid w:val="00CF0AB5"/>
+    <w:rsid w:val="00D20033"/>
+    <w:rsid w:val="00E05DF6"/>
+    <w:rsid w:val="00E65636"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6B1C0806"/>
-  <w15:docId w15:val="{30FC2724-7151-44F7-8C17-D8034B00FE0D}"/>
+  <w14:docId w14:val="71E1863C"/>
+  <w15:docId w15:val="{CB4A0725-B209-41CD-9702-186C1D73FC7E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14498,51 +16757,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14835,102 +17094,255 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="00B531BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003F34EB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F34EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="844898136">
+    <w:div w:id="70782054">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="972908942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1934125050">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad57@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15155,54 +17567,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1474</Words>
-  <Characters>8404</Characters>
+  <Words>1587</Words>
+  <Characters>9046</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9859</CharactersWithSpaces>
+  <CharactersWithSpaces>10612</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>