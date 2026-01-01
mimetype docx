--- v0 (2025-12-11)
+++ v1 (2026-01-01)
@@ -1,1650 +1,2000 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001528BF" w:rsidRDefault="001528BF" w:rsidP="001528BF">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...463 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сад № 79 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности психолога с русским языком обучения во время декретного отпуска</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="00297A3D" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-12</w:t>
+      </w:r>
+      <w:r w:rsidR="008542D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14:3</w:t>
+      </w:r>
+      <w:r w:rsidR="008542D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRPr="00B61C09" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Ясли-сад № 79 города Павлодара» улица Айманова,6 телефон </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="001528BF">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="001528BF">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>643734,643733; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>79@</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проектирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="a4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>sad79@goo.edu.kz</w:t>
+          <w:t>Конституцию</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...194 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «Ясли</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сад № 79 г</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орода Павлодара» улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айманова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>тәрбиеленушілердің мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартында көзделген деңгейден төмен емес білім, білік және дағды алуын қамтамасыз ету; ата-аналармен немесе оларды алмастыратын адамдармен байланысты жүзеге асыру; әдістемелік жұмысқа қатысу; балалардың, оның ішінде ерекше білім беру қажеттіліктері бар балалардың дамуына диагностика жүргізу;</w:t>
-[...345 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  отказывает в оказании государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>случаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>643734, 8 (7182) 643733;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008542D5" w:rsidRPr="00B61C09" w:rsidRDefault="008542D5" w:rsidP="008542D5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронный адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>79@</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...367 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B61C09" w:rsidRPr="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B61C09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F2C7A" w:rsidRPr="006C689D" w:rsidRDefault="008F2C7A" w:rsidP="006C689D"/>
+    <w:sectPr w:rsidR="008F2C7A" w:rsidRPr="006C689D">
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="70AA7F66"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62B07D72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A6630"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00FA5339"/>
+    <w:rsidRoot w:val="00650F38"/>
+    <w:rsid w:val="001833D7"/>
+    <w:rsid w:val="00297A3D"/>
+    <w:rsid w:val="00650F38"/>
+    <w:rsid w:val="006C689D"/>
+    <w:rsid w:val="008542D5"/>
+    <w:rsid w:val="008F2C7A"/>
+    <w:rsid w:val="00B61C09"/>
+    <w:rsid w:val="00ED78AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1779,90 +2129,101 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001528BF"/>
+    <w:rsid w:val="001833D7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001833D7"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001833D7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1997,232 +2358,277 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001528BF"/>
+    <w:rsid w:val="001833D7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001833D7"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001833D7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="483012156">
+    <w:div w:id="319113385">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1246499136">
+    <w:div w:id="1954709038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad79@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2323,80 +2729,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1005</Words>
-  <Characters>5730</Characters>
+  <Words>1056</Words>
+  <Characters>6023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6722</CharactersWithSpaces>
+  <CharactersWithSpaces>7065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>белыйветер</dc:creator>
+  <dc:creator>Алпамыс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>