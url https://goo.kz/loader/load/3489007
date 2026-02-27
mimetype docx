--- v0 (2025-12-06)
+++ v1 (2026-02-27)
@@ -1,2353 +1,2245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3BAE2FDD" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="440D69DB" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00D8307D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №26 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнайы бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуналдық мемлекеттік қазыналық кәсіпорны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9EAE5D" w14:textId="77777777" w:rsidR="00A94CE8" w:rsidRDefault="00D76A7B" w:rsidP="00A94CE8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 логопед мемлекеттік тілде, 1 логопед орыс тілде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына орналасуға ашық конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="246F1790" w14:textId="1F285B51" w:rsidR="0090371F" w:rsidRPr="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5E7D0B" w14:textId="30E4E559" w:rsidR="00A94CE8" w:rsidRPr="00A94CE8" w:rsidRDefault="00A94CE8" w:rsidP="00A94CE8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0090371F">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0090371F">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(оның ішінде </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4927">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0090371F">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94CE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 1 </w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> декреттік демалыс кезеніне)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A2CD1A" w14:textId="4CEFD50E" w:rsidR="00D76A7B" w:rsidRPr="00D8307D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A1FE329" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00A869CF" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A869CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A869CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 04 қаңтар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A869CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A869CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045A4542" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00E62592" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арнайы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы» КМҚК, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02608">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еплов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A157D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>60-58-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8307D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; эл.пошта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02608">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="87898F"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62592">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="87898F"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ad26@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161FB2A5" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00A869CF" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A869CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Арнайы балабақшада мемлекеттік және орыс тілдерінде оқытады. Қазақстан Республикасының мектепке дейінгі тәрбиелеу мен білім беру типтік оқыту бағдарламасын жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBA5751" w14:textId="6512D094" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Біліктілік талаптары: тиісті бейін бойынша жоғары және (немесе) жоғары оқу</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A990197" w14:textId="28C21086" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-модератор және</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы үшін мектепке дейінгі ұйымның тәрбиешісі лауазымындағы жұмыс өтілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кемінде 2 жыл, педагог-зерттеуші кемінде 3 жыл, педагог-шебер лауазымында кемінде 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03769D4E" w14:textId="6DD34737" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     және (немесе) біліктілігінің орта деңгейі болған кезде мектепке дейінгі ұйым</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін-кемінде 4 жыл.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787D58BA" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіби біліктілігін айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC1DBE4" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) педагог (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571DB1A3" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«педагог» біліктілігіне қойылатын жалпы талаптарға жауап беруі тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B01145" w14:textId="48670095" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгілік бағдарламаның мазмұны мен құрылымын білу, мектепке дейінгі тәрбие мен</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту әдістемесін меңгеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57607E1A" w14:textId="13A5F359" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     жас ерекшеліктерін ескере отырып, тәрбиелеу мен оқытуда жеке көзқарасты жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD2A043" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перспективтік жоспар мен циклограмма әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E6A706" w14:textId="67B38391" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     тәрбиеленушілердің мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті стандартында көзделген деңгейден төмен емес білім, білік және дағдыларды алуын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A25B23" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     ата-аналармен немесе олардың орнындағы адамдармен байланысты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798F0BE7" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     әдістемелік жұмысқа қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE1CFC9" w14:textId="4D75E8E7" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     балалардың, оның ішінде ерекше білім беру қажеттіліктері бар балалардың дамуына</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностика жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DED3680" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім беру ұйымы деңгейіндегі іс-шараларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA02516" w14:textId="7EF2AFDE" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     кәсіби-педагогикалық диалог дағдыларын меңгеру, сандық білім беру ресурстарын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225217B5" w14:textId="3FD2EEF6" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балалардың өмірі мен денсаулығын қорғауды қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34387114" w14:textId="6E748C00" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарына, жас тобының үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрады, балалар қызметіне (ойын, танымдық, қозғалыс, бейнелеу, еңбек) басшылық етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7456CAAE" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C71EB0" w14:textId="2509F373" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетеді, жалпы білім беретін оқу бағдарламаларын, оқу-әдістемелік әдебиетті зерделеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беру жұмысын жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F1283F" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Қол жеткізілген нәтижелерді талдау негізінде білім беру қызметін жобалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6AB966" w14:textId="0878D377" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім беру қажеттіліктері бар балаларды және әдетте дамып келе жатқан балаларды бірлесіп</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу және оқыту жағдайында әлеуметтендіруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5761DC" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BCA422" w14:textId="474D2AD2" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Мамандардың ұсынымдарын ескере отырып, ерекше білім берілуіне қажеттілігі бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір балаға жеке қарауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF18630" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Отандық және шетелдік тәжірибені зерттеу негізінде үздік тәжірибелерді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB5D77A" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерделеумен, жинақтаумен, таратумен және енгізумен айналысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AD677D" w14:textId="62658AC9" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Мектепке дейінгі жастағы балаларды тәрбиелеу және оқыту мәселелері бойынша ата-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аналарға консультациялық көмекті жүзеге асырады. Балалардың құқықтары мен мүдделерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2827A1C5" w14:textId="0CDE5170" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     Білім беру процесінің барлық субъектілерінің, оның ішінде балалар отбасының</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуымен ұйымда «құндылықтарға негізделген білім беру» тұжырымдамасын енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDB1687" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0024294D" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B" w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FC2922" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0024294D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     психология және педагогика, дәрігерге дейінгі алғашқы медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC2F35D" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0024294D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3E66FB" w14:textId="27FF13EC" w:rsidR="009D68AA" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E01792E" w14:textId="77777777" w:rsidR="009D68AA" w:rsidRPr="00A94CE8" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014DC2E8" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0024294D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024294D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3AFEF2" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00D76A7B" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды «Павлодар қаласының №26 арнайы бала  бақшасы» КМҚК, Теплова көшесі 46 жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59047605" w14:textId="0B08EF28" w:rsidR="00D76A7B" w:rsidRPr="00D76A7B" w:rsidRDefault="009D68AA" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>логопед</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0090371F">
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с русским  языком обучения</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B307D21" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3D1044" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A5B9CC" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD5B0AF" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE800DE" w14:textId="70CB945D" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42760F94" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының 2020 жылғы 30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46406CD1" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309B75C7" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570223B1" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тубдинспансер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08201352" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ҰБС) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5191F858" w14:textId="78213D27" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F133B7" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="0060462D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060462D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B59D4F7" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00D76A7B" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>60-58-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
-[...2047 lines deleted...]
-    <w:sectPr w:rsidR="00E51304">
+      <w:r w:rsidRPr="00D76A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="87898F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sad26@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C02D157" w14:textId="304BC745" w:rsidR="00251D58" w:rsidRDefault="00251D58" w:rsidP="00D76A7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00251D58">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E51304"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E51304"/>
+    <w:rsidRoot w:val="00251D58"/>
+    <w:rsid w:val="001E4927"/>
+    <w:rsid w:val="00251D58"/>
+    <w:rsid w:val="009D68AA"/>
+    <w:rsid w:val="00A94CE8"/>
+    <w:rsid w:val="00D76A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A43E394"/>
+  <w14:docId w14:val="0BF56C5D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1FCF7C5B-5657-4FCD-9455-02538568899E}"/>
+  <w15:docId w15:val="{73576343-54A2-456F-962A-BAD9649C2ED4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2705,98 +2597,140 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0090371F"/>
+    <w:rsid w:val="00D76A7B"/>
     <w:pPr>
-      <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0090371F"/>
+    <w:rsid w:val="00D76A7B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D76A7B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D76A7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D76A7B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="2039696291">
+    <w:div w:id="30226706">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -3076,54 +3010,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1013</Words>
-  <Characters>5777</Characters>
+  <Words>1082</Words>
+  <Characters>6174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6777</CharactersWithSpaces>
+  <CharactersWithSpaces>7242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>