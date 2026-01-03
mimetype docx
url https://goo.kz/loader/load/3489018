--- v0 (2025-12-08)
+++ v1 (2026-01-03)
@@ -1,665 +1,648 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00337F24" w:rsidRDefault="00337F24" w:rsidP="00FB7AD5">
-[...7 lines deleted...]
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="005C174C" w:rsidRDefault="00F83AFD" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="00E44A09" w:rsidRDefault="00F83AFD" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының № 84 сәбилер бақшасы» КМҚК бойынша</w:t>
+        <w:t xml:space="preserve"> на занятие вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="005C174C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  и (или) </w:t>
+      </w:r>
+      <w:r w:rsidR="005C174C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>временно вакантных должностей  педагогов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тәрбиешінің бос және (немесе) уақытша бос лауазымына орналасуға</w:t>
+        <w:t>по КГКП «Ясли-сад № 84 города Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
-[...12 lines deleted...]
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="00CC0019" w:rsidRDefault="00CC0019" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="2465"/>
         <w:gridCol w:w="2465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB7AD5" w:rsidTr="001C2F86">
+      <w:tr w:rsidR="005C174C" w:rsidTr="005C174C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Аты-жөні</w:t>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтижелері</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескерту</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB7AD5" w:rsidTr="001C2F86">
+      <w:tr w:rsidR="005C174C" w:rsidTr="005C174C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="00CC0019" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00153FDD" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="00D535B1" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Коловникова Олеся Вячеславовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00153FDD" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="00D535B1" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>арнайы-орта</w:t>
+              <w:t>Средне-специальное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="00CC0019" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+            <w:r w:rsidRPr="00CC0019">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00FB7AD5" w:rsidP="00153FDD">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>стан өтті</w:t>
+            <w:r w:rsidRPr="00CC0019">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прошел конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB7AD5" w:rsidRPr="00CC0019" w:rsidRDefault="00FB7AD5" w:rsidP="001C2F86">
+          <w:p w:rsidR="005C174C" w:rsidRPr="00CC0019" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="00F83AFD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="00D535B1" w:rsidRDefault="00D535B1" w:rsidP="00F83AFD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C174C" w:rsidRDefault="005C174C" w:rsidP="005C174C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
+    <w:p w:rsidR="005C174C" w:rsidRPr="00F83AFD" w:rsidRDefault="005C174C" w:rsidP="005C174C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурс</w:t>
+        <w:t xml:space="preserve">конкурсной комиссии                                   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         Саменова С.Б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB7AD5" w:rsidRPr="00F83AFD" w:rsidRDefault="00FB7AD5" w:rsidP="00FB7AD5">
-[...31 lines deleted...]
-    <w:sectPr w:rsidR="00FB7AD5" w:rsidRPr="00FB7AD5" w:rsidSect="00FB7AD5">
+    <w:sectPr w:rsidR="005C174C" w:rsidRPr="00F83AFD" w:rsidSect="00F83AFD">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="79"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0089047F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FB7AD5"/>
+    <w:rsidRoot w:val="00B81227"/>
+    <w:rsid w:val="005C174C"/>
+    <w:rsid w:val="00B81227"/>
+    <w:rsid w:val="00CC0019"/>
+    <w:rsid w:val="00D535B1"/>
+    <w:rsid w:val="00E44A09"/>
+    <w:rsid w:val="00F83AFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -802,93 +785,92 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB7AD5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB7AD5"/>
+    <w:rsid w:val="00F83AFD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FB7AD5"/>
+    <w:rsid w:val="005C174C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1028,93 +1010,92 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB7AD5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB7AD5"/>
+    <w:rsid w:val="00F83AFD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FB7AD5"/>
+    <w:rsid w:val="005C174C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1397,69 +1378,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>57</Words>
-  <Characters>327</Characters>
+  <Words>58</Words>
+  <Characters>331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>383</CharactersWithSpaces>
+  <CharactersWithSpaces>388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>