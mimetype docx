--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -1,2022 +1,5838 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының №57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мекенжайы: Павлодар қаласы, Жаяу</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03287">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мұса к.,4 құрылыс, тел.34-70-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00451F09">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, э/пошта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad57@goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...107 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002E225B" w:rsidRDefault="002E225B" w:rsidP="002E225B">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00A6448D" w:rsidP="00097EC8">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E225B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="000B765D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Негізгі қызметкердің </w:t>
+      </w:r>
+      <w:r w:rsidR="005F74B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>11 декабря                 2023</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E225B">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002D42E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005F74B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ставки</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E225B">
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="002D42E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 желтоқсан </w:t>
+      </w:r>
+      <w:r w:rsidR="005F74B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айына дейінгі декреттік демалыс кезең</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:r w:rsidR="005F74B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хоре</w:t>
+      </w:r>
+      <w:r w:rsidR="004706CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ог</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рафтың</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бос лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0286C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,75 мөлшермен </w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналасуға ашық конкурс жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстың өткізілетін күні мен орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F729DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09.01.2023-17</w:t>
+      </w:r>
+      <w:r w:rsidR="00083B61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ж.ж. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008B44F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді берудің мерзімі мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұқаралық ақпарат құралдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарландыру шыққан күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымға орналасуға құжаттар Павлодар қаласы, Жаяу Мұса көшесі, 4 құрылыс «Павлодар қаласы №57 сәбилер бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылданады (электрондық пошта  арқылы немесе қағаз түрінде)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E910D4">
-[...69 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2A79" w:rsidRPr="000B2A79" w:rsidRDefault="00097EC8" w:rsidP="000B2A79">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Этапы конкурса:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79" w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартына сәйкес эстетикалық дамуды жүзеге асырады. </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79" w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өз жұмысын бағдарлама мен балалардың жас ерекшеліктерін ескере отырып жасайды.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79" w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалардың хореографиялық қабілеттерін және эмоционалдық кеңістігін дамытады.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79" w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хореографиялық іс әрекетті ұйымдастырудың түрлері мен формаларын қолдана отырып балалардың эстетикалық талғамын қалыптастырады.Оқытудың педагогикалық жағынан негізделген формалары, түрлері мен әдістерінің </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2A79" w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қолданылуын қамтамасыз етеді. Дарынды балаларды анықтап олармен жеке жұмыс жасап олардың шығармашылық жағынан өсуіне жағдай жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="000B2A79" w:rsidRDefault="000B2A79" w:rsidP="000B2A79">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      <w:r w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілер мен ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аналарға ашық сабақ береді.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен ойын әрекеттерін ұйымдастыруға қатысады, түрлі музыкалық-дидактикалық ойындарды өткізеді. Педагогикалық кеңестерді дайындауға, әдістемелік бірлестіктердің жұмысына қатысады. Балалармен жұмыс істеудің озық тәжірибелерін енгізеді. Балаларды музыка бойынша тәрбиелеу мәселелері жөнінде ата-аналар мен тәрбиешілерге кеңестер береді. Компьютерлік сауаттылықты, ақпараттық-коммуникациялық құзыретті меңгерген болуы тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="000B2A79" w:rsidP="000B2A79">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хореграфтың еңбек өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, біліміне байланысты  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>113,102</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>119,915</w:t>
+      </w:r>
+      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңгеге дейін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...152 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>: Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="00097EC8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...21 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00097EC8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...33 lines deleted...]
-      <w:r w:rsidR="00956FD5">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) соттылығының жоқ екендігі туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8 (7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03287">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>34-70-22, 87772070691</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>до</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03287">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...386 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық мекенжайы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>sad57@</w:t>
-[...4 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+        <w:t xml:space="preserve"> sad57@</w:t>
+      </w:r>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
-[...2 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00316083" w:rsidRPr="00097EC8" w:rsidRDefault="00316083" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...348 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...78 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10679"/>
+        </w:tabs>
+        <w:spacing w:before="94"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="335"/>
+        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="3938"/>
+        <w:gridCol w:w="1128"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">академиялық </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-модератор" біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-сарапшы" біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-зерттеуші" біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-шебер" біліктілік санатымен - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілігі/Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 санат -2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалық </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10 жылдан және одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"өте жақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби жетістіктердің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "Қазақстанның еңбек сіңірген ұстазы" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘК – 2 тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>БҒССҚЕК, Scopus – 3 тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курстық </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Goethe Zertifikat, "Python-да бағдарламалау негіздері", "Microsoft-пен жұмыс істеуді оқыту" бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, "Өрлеу" курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC7142" w:rsidTr="00FC7142">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FC7142" w:rsidRDefault="00FC7142">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00316083" w:rsidRDefault="00316083" w:rsidP="00FC7142">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316083" w:rsidRPr="00097EC8" w:rsidRDefault="00316083" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B0A2D17" wp14:editId="70709229">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F34BD69" wp14:editId="55536377">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>151130</wp:posOffset>
+                  <wp:posOffset>142240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
-                <wp:effectExtent l="12700" t="13335" r="7620" b="4445"/>
+                <wp:effectExtent l="12700" t="8255" r="7620" b="9525"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="9" name="Полилиния 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -2052,12608 +5868,176 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="14416A34" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="320A8297" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00FC7142" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:before="33"/>
-[...12 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00FC7142" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>отчество (при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...4819 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00FC7142" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:spacing w:line="292" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-        </w:sectPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...7106 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FC7142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...181 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t>педагогов</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
-[...315 lines deleted...]
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="537B3A0F" wp14:editId="396F22E6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1BA05F" wp14:editId="6DE45C0A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="21" name="Полилиния 21"/>
+                <wp:docPr id="8" name="Полилиния 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -14689,213 +6073,218 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="504FD58F" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="515EA750" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> ИИН</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779A9609" wp14:editId="007AD83A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CABCB77" wp14:editId="15A97A5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="20" name="Полилиния 20"/>
+                <wp:docPr id="7" name="Полилиния 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -14911,171 +6300,180 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="54D00F80" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="09C755E0" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>работы)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C5CD6A" wp14:editId="566612A8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C7E514" wp14:editId="0CABF8F3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="8255" r="6985" b="9525"/>
+                <wp:effectExtent l="9525" t="6350" r="6985" b="11430"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="19" name="Полилиния 19"/>
+                <wp:docPr id="6" name="Полилиния 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -15091,101 +6489,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="0E175BCE" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="64CA369E" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E69061" wp14:editId="3C3DAF8E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7A3D19" wp14:editId="3886B21D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
+                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="18" name="Полилиния 18"/>
+                <wp:docPr id="5" name="Полилиния 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10353 840"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -15201,2224 +6599,2141 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="40458E08" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="1A8BDE96" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="120"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>телефон</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
+        <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...22 lines deleted...]
-        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2584BE05" wp14:editId="707A7AB7">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BC7B2" wp14:editId="1BD8C43E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6130290" cy="1270"/>
-                <wp:effectExtent l="9525" t="10795" r="13335" b="6985"/>
+                <wp:extent cx="6041390" cy="1270"/>
+                <wp:effectExtent l="9525" t="5080" r="6985" b="12700"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="17" name="Полилиния 17"/>
+                <wp:docPr id="4" name="Полилиния 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6130290" cy="1270"/>
+                          <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9514"/>
+                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9654">
+                            <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9653" y="0"/>
+                                <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="796340CA" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="39051C02" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="120" w:right="1486"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65ED4A6C" wp14:editId="5B4D1183">
+                <wp:extent cx="6041390" cy="7620"/>
+                <wp:effectExtent l="8890" t="8890" r="7620" b="2540"/>
+                <wp:docPr id="2" name="Группа 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="7620"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9514" cy="12"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Line 3"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="9513" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7107">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:group w14:anchorId="26D33035" id="Группа 2" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJZGBMjQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWykVN1u2yAUvp+0d0C+T20nbtpYdaopTnrT&#10;bZHaPQAB/KNhQEDjRNOkSXuEvcjeYK/QvtEO4KRde1N1iYSB88N3vo/DxeWu42jLtGmlKKL0JIkQ&#10;E0TSVtRF9OV2NTqPkLFYUMylYEW0Zya6nL9/d9GrnI1lIzllGkESYfJeFVFjrcrj2JCGddicSMUE&#10;GCupO2xhqeuYatxD9o7H4ySZxr3UVGlJmDGwWwZjNPf5q4oR+7mqDLOIFxFgs37Ufty4MZ5f4LzW&#10;WDUtGWDgN6DocCvg0GOqEluM7nT7IlXXEi2NrOwJkV0sq6olzNcA1aTJs2qutLxTvpY672t1pAmo&#10;fcbTm9OST9u1Ri0tonGEBO5AovtfDz8eft7/gf9vNHYM9arOwfFKqxu11qFMmF5L8tWAOX5ud+s6&#10;OKNN/1FSyIrvrPQM7SrduRRQO9p5IfZHIdjOIgKb0yRLJzPQi4DtbDoedCINiPkiiDTLIWx2mmYh&#10;JvW4Y5yH0zzCAZErB+6aeaTT/B+dNw1WzKtkHEsDnYBg4PO6FQxNAo/eYyECiWQnBhKRkIsGi5r5&#10;XLd7BYSlLgKAPwlxCwMKvJLUabjdB1KBnUlgx9N5JAfnSht7xWSH3KSIOAD2UuHttbEOxaOLU07I&#10;Vcs57OOcC9SDQmly5gOM5C11Rmczut4suEZb7HrP/3xJYHnqBndcUJ+sYZguh7nFLQ9zOJwLlw/q&#10;ADjDLDTXt1kyW54vz7NRNp4uR1lSlqMPq0U2mq7Ss9NyUi4WZfrdQUuzvGkpZcKhOzR6mr1O+eHJ&#10;CS16bPUjDfG/2T1fAPbw9aC9kE67cP02ku7X+iAwXEYvte9yHza8SO4Zebr2Xo/v5vwvAAAA//8D&#10;AFBLAwQUAAYACAAAACEAv9a+IdoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm92kWtGYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49Lbh&#10;ysDH7uXmAVSIyBZbz2TgTAGWxeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2&#10;PY5S7lo9T5J77bBhWaixo3VN5XF7cgZeRxxXt+nzsDke1uev3eLtc5OSMddX0+oJVKQp/oXhB1/Q&#10;oRCmvT+xDao1II/EXxXvcZHegdpLaA66yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEACWRgTI0CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAv9a+IdoAAAADAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;">
+                <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7MrhalRDdBCy21N22hOQ7ZMQlmZ2N2a9J/3y0UvM3jfc42H20rbtT7xrGGRaJAEJfO&#10;NFxp+Px4mT+B8AHZYOuYNPyQhzybTraYGjfwkW6nUIkYwj5FDXUIXSqlL2uy6BPXEUfu7HqLIcK+&#10;kqbHIYbbVi6VWkuLDceGGjt6rqm8nL6thnNx/QrFqlCHd5JufNx7NbyWWj/Mxt0GRKAx3MX/7jcT&#10;5y/h75d4gMx+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJSpWfrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".19742mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-        <w:t>город\село) В настоящее время работаю</w:t>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+      <w:r w:rsidRPr="00097EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25C2A176" wp14:editId="36B903C2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A5A73B" wp14:editId="0C0D57B5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>533400</wp:posOffset>
+                  <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6130290" cy="1270"/>
-                <wp:effectExtent l="9525" t="6350" r="13335" b="11430"/>
+                <wp:extent cx="6396355" cy="1270"/>
+                <wp:effectExtent l="9525" t="12065" r="13970" b="5715"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="16" name="Полилиния 16"/>
+                <wp:docPr id="1" name="Полилиния 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6130290" cy="1270"/>
+                          <a:ext cx="6396355" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 840 840"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 10073"/>
+                            <a:gd name="T2" fmla="+- 0 11333 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9654">
+                            <a:path w="10073">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9653" y="0"/>
+                                <a:pt x="10073" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="10F34BDB" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="6F409E3E" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
       <w:pPr>
-        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...108 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+    <w:p w:rsidR="00B86780" w:rsidRPr="00097EC8" w:rsidRDefault="00B86780">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...825 lines deleted...]
-    <w:sectPr w:rsidR="005A0474">
+    <w:sectPr w:rsidR="00B86780" w:rsidRPr="00097EC8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C37D06"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F41D34"/>
+    <w:rsidRoot w:val="00E918E4"/>
+    <w:rsid w:val="00083B61"/>
+    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="000B2A79"/>
+    <w:rsid w:val="000B5DE8"/>
+    <w:rsid w:val="002D42E1"/>
+    <w:rsid w:val="00316083"/>
+    <w:rsid w:val="003D6718"/>
+    <w:rsid w:val="004706CD"/>
+    <w:rsid w:val="005F74B3"/>
+    <w:rsid w:val="00650790"/>
+    <w:rsid w:val="006D306F"/>
+    <w:rsid w:val="008B44F2"/>
+    <w:rsid w:val="00A6448D"/>
+    <w:rsid w:val="00AA790D"/>
+    <w:rsid w:val="00B17455"/>
+    <w:rsid w:val="00B86780"/>
+    <w:rsid w:val="00C0286C"/>
+    <w:rsid w:val="00E918E4"/>
+    <w:rsid w:val="00F03287"/>
+    <w:rsid w:val="00F07C22"/>
+    <w:rsid w:val="00F644F1"/>
+    <w:rsid w:val="00F729DE"/>
+    <w:rsid w:val="00FC7142"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -17442,51 +8757,50 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -17590,215 +8904,117 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...60 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00097EC8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...33 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -17902,199 +9118,102 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...60 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00097EC8"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
-[...33 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="338045218">
+    <w:div w:id="854418414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18319,69 +9438,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1588</Words>
-  <Characters>9054</Characters>
+  <Words>1521</Words>
+  <Characters>8673</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10621</CharactersWithSpaces>
+  <CharactersWithSpaces>10174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>