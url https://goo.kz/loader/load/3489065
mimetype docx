--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -1,8262 +1,6706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EE5357" w:rsidRPr="006402A2" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
+        <w:t xml:space="preserve">Павлодар </w:t>
       </w:r>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дошкольная гимназия</w:t>
-      </w:r>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006402A2">
+        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на вакантной должности музыкального руководителя</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00D3649F" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+      </w:pPr>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">музыка жетекшісі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00395C33" w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006402A2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00124F76" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00D3649F" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00004D0A" w:rsidRDefault="00DA1DF5" w:rsidP="008A177B">
+    <w:p w:rsidR="00955956" w:rsidRDefault="00FF6F20" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>09.01</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 09:00</w:t>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="003644C2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="003644C2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6CB4">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6CB4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж,сағ</w:t>
+      </w:r>
+      <w:r w:rsidR="00395C33" w:rsidRPr="00AA6459">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00004D0A" w:rsidRPr="00004D0A">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> час.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956" w:rsidRPr="00004D0A">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRDefault="006424F8" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">; эл.почта: </w:t>
+        <w:t>; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00194DDD" w:rsidRPr="005B4A9E">
+        <w:r w:rsidR="00CC4101" w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00194DDD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896AB9" w:rsidRDefault="00896AB9" w:rsidP="008A177B">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="006402A2" w:rsidRPr="000B5799" w:rsidRDefault="006402A2" w:rsidP="006402A2">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын 1,5 еңбкақы мөлшерімімен ән-күй жетекшісі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5799">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына орна</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1,5 ставки </w:t>
-[...77 lines deleted...]
-    <w:p w:rsidR="006402A2" w:rsidRDefault="006402A2" w:rsidP="008A177B">
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006402A2" w:rsidRDefault="006402A2" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00560D96" w:rsidRPr="00B531BC" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+    <w:p w:rsidR="00CC4101" w:rsidRPr="00CC4101" w:rsidRDefault="00CC4101" w:rsidP="00CC4101">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 57 бұйрығы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4101">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4101" w:rsidRPr="00E44D0A" w:rsidRDefault="00CC4101" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...19 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00D3649F" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRDefault="00DC3314" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
-[...25 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ  тілінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="00955956" w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+      <w:r w:rsidR="00955956" w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00560D96" w:rsidRPr="00234522" w:rsidRDefault="00560D96" w:rsidP="008A177B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00DC3314" w:rsidP="008A177B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="009144D3" w:rsidRDefault="006424F8" w:rsidP="006424F8">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+      </w:r>
+      <w:r w:rsidR="00560D96">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және электрондық пошта  арқылықабылдана</w:t>
+      </w:r>
+      <w:r w:rsidR="00560D96" w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="006424F8" w:rsidRDefault="006424F8" w:rsidP="006424F8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006424F8" w:rsidRPr="00194DDD" w:rsidRDefault="006424F8" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00194DDD" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidR="006424F8">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ке қойылатын талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00194DDD">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат немесе тиісті бейін бойынша техникалық және кәсіптік білімі, жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00E44D0A" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194DDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс өтілі педагог-модератор үшін 3 жылдан кем емес, педагог-эксперт үшін 4 жылдан кем емес, педагог-зерттеуші мен педагог-шебер үшін 5 жылдан кем емес болуы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00E44D0A" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44D0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0076342D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44D0A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003644C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) "педагог" (санатыжоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогқақойылатынжалпыталаптарғажауапберуітиіс: оқубағдарламасыныңмазмұнынжәнеоқытуәдістемесінбілу, жұмысжоспарынқұру, білім беру ұйымыдеңгейіндеіс-шаралардыжоспарлаужәнеұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогкеқойылатынжалпыталаптарғажауапберуі, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      тұрақтыоңнәтижелердіқамтамасызету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      әртүрлімузыкалықсабақтүрлерінкеңіненқолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепкедейінгібілім беру ұйымыныңәдістемелікжұмысынақатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогикалықкеңестердеқатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ашықсабақтарөткізу, білім беру ұйымыішіндегііс-шараларғақатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      педагогтергеқойылатынталаптарғажауапберуі, соныменқатар: мектепкідейінгіжастағыбалалардымузыкалықтәрбиелеу мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003644C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оқытудыңәртүрліқазіргізаманғыәдістерінмеңгеруі, баланыңмузыкалыққабілетінің даму диагностикасыныңэлементтерінбілуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      баланың даму ортасыныңқалыптасуынабелсендіқатысуытиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог-сарапшығақойылатынталаптарғажауапберуі, соныменқатар: мектепкедейінгіжастағыбалалардымузыкалықоқыту мен тәрбиелеудіңқазіргізаманғыәдістерінқолданудыңөзініңшығармашылықізденісінжүзегеасыруы, балалардымузыкалықдамытудыңөзіндікерекшеәдістерінбілуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кәсібиконкурстардыңқатысушысы болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог-зерттеушігеқойылатынталаптарғажауапберуі, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00077434" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      балалардыңмузыкалықдамуыныңөзіндікерекшебірегейәдістемелерініңболуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="003644C2" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00077434">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003644C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...378 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      республикалық (халықаралық) деңгейдекәсібиконкурстардыңқатысушысыболыптабылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0076342D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="0076342D" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына сәйкес балаларды эстетикалық дамыту мен музыкалық тәрбиелеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Музыкалық сабақты, балалар мерекелерін және басқа да мәдени-көпшілік іс-шараларды ұйымдастырады және өткізеді, музыкалық дарынды балларды анықтайды. Балалармен жеке жұмысты жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалардың ойын әрекеттерін ұйымдастыруға қатысады, түрлі музыкалық және дидактикалық ойындар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогикалық кеңестерді дайындауға, әдістемелік бірлестіктердің жұмысына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалармен жұмыс жасауда инновациялық педагогикалық тәжірибені енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балаларды музыкалық тәрбиелеу мәселесі ата-аналар мен тәрбиеленушілерге кеңес береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0076342D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1CFA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="001315D5" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="005D1CFA">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Конституциясын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="005D1CFA">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Еңбек Кодексін</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="005D1CFA">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Білім туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="005D1CFA">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Педагог мәртебесі туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "Сыбайлас жемқорлыққа қарсы күрес туралы" Қазақстан Республикасының заңдарын және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="008F5FA7" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарттарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="005D1CFA" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="FontStyle11"/>
-[...5 lines deleted...]
-          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D1CFA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      балалар репертуарындағы музыкалық шығармалар, музыкалық білім беру әдістерін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="009144D3" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыка жетекшісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулыбілім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="006402A2">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74050">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="009144D3" w:rsidRDefault="00955956" w:rsidP="00955956">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыка жетекшісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006402A2">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74050">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="009144D3" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
       <w:r>
-        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
       <w:r>
-        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
       <w:r>
-        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
       <w:r>
-        <w:t>7) справку с психоневрологической организации;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="0058555C" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
       <w:r>
-        <w:t>8) справку с наркологической организации;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00004D0A" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00244DA8" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
       </w:r>
       <w:r w:rsidR="00F74050">
-        <w:t xml:space="preserve"> вакантную должность </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән-куй жетекшісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00460AA6" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EE5357" w:rsidRPr="00194DDD" w:rsidRDefault="00EE5357" w:rsidP="008A177B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="00395C33" w:rsidRDefault="00955956" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74050">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395C33">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BD1601">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00395C33">
         <w:rPr>
           <w:rStyle w:val="a5"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B80257">
-[...27 lines deleted...]
-      <w:r w:rsidR="00194DDD">
+      <w:r w:rsidR="00E44D0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...36 lines deleted...]
-        <w:ind w:firstLine="1"/>
+        <w:t>sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-        <w:ind w:firstLine="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші басшыларыменпедагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="208"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нысан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10679"/>
+        </w:tabs>
+        <w:spacing w:before="94"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:w w:val="95"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтіңбоснемесеуақытшабослауазымынакандидаттыңбағалаупарағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00044D99" w:rsidP="008A177B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-936" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
         <w:trPr>
-          <w:trHeight w:val="265"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлшем шарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Подтверждающийдокумент</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
             </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="007D7BB2" w:rsidTr="00CB722D">
         <w:trPr>
-          <w:trHeight w:val="836"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...19 lines deleted...]
-              <w:t>Уровень</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>образования</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...19 lines deleted...]
-              <w:t>Дипломоб</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>образовании</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>Техническоеипрофессиональное= 1 балл</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техникалықжәнекәсіптік=1 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>Высшееочное=5</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t>баллов</w:t>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғарыбілімтуралыүздік диплом = 7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
         <w:trPr>
-          <w:trHeight w:val="602"/>
+          <w:trHeight w:val="1108"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми/академиялық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Ученая/ академическаястепень</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...11 lines deleted...]
-              <w:t>Дипломоб</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>образовании</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>Магистрилиспециалистсвысшим образованием = 5 баллов;</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магистрнемесежоғарыбілімі бар маман = 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...12 lines deleted...]
-              <w:t>PHD</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>PHD-докторы=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38" w:right="654"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10 Ғылымкандидаты=10</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A177B" w:rsidRPr="00CC4C81" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>Кандидатнаук=10</w:t>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="1756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="-141" w:right="-287"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="237"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог"біліктіліксанатымен Мазмұны бойынша:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...5 lines deleted...]
-              <w:t>балло</w:t>
+          </w:p>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="579"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден60-қадейін=0балл 60-тан70-кедейін=2балл 70-тен80-гедейін=5 </w:t>
             </w:r>
-          </w:p>
-[...704 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен90-ғадейін=6 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="534"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="-404"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="399"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогика</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:ind w:left="-27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан40-қадейін=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан50-гедейін=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден60-қадейін=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан70-кедейін=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-модератор"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>педагог-модератор"</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>По</w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>содержанию:</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден60балғадейін=0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан70балғадейін=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен80балғадейін=6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-ден90балғадейін=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогика</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t>баллов</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан40балғадейін=0</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:t>от80до90баллов=7баллов По методике и педагогике:от30до40баллов=0баллов</w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-тан50балғадейін=2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t>балла</w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден60балғадейін=3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t>балла</w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан70балғадейін=4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
-[...6 lines deleted...]
-              <w:t>педагог-эксперт"</w:t>
+            <w:r w:rsidRPr="00097EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...96 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-      <w:pPr>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D0A" w:rsidRDefault="00004D0A" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 10-қосымша    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00F94BEA" w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00004D0A" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00004D0A" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00004D0A" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 8" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 7" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 6" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 5" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="29"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 4" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00021055">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 2" o:spid="_x0000_s1042" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlKlZ+sEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYTezK4WpUQ3QQst&#10;tTdtoTkO2TEJZmdjdmvSf98tFLzN433ONh9tK27U+8axhkWiQBCXzjRcafj8eJk/gfAB2WDrmDT8&#10;kIc8m062mBo38JFup1CJGMI+RQ11CF0qpS9rsugT1xFH7ux6iyHCvpKmxyGG21YulVpLiw3Hhho7&#10;eq6pvJy+rYZzcf0KxapQh3eSbnzcezW8llo/zMbdBkSgMdzF/+43E+cv4e+XeIDMfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokeweight=".19742mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,ұйымныңатауы,мекен-жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10065" w:type="dxa"/>
-        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3999"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidTr="00CC4C81">
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
         <w:trPr>
-          <w:trHeight w:val="3543"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқуорнының</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B531BC">
+            <w:r w:rsidRPr="00097EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>балла</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-            <w:pPr>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidTr="00CB722D">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B531BC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00CB722D">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3151 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00194DDD" w:rsidRPr="008A177B" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...60 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...104 lines deleted...]
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00044D99" w:rsidP="008A177B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="27"/>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00044D99">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00021055" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00021055">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 21" o:spid="_x0000_s1035" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 1" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00B531BC" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...181 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F94BEA" w:rsidRPr="00097EC8" w:rsidRDefault="00F94BEA" w:rsidP="00F94BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00664CC5" w:rsidRPr="00F94BEA" w:rsidRDefault="00664CC5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00EE5357">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...579 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidSect="00AA6459">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -8575,118 +7019,116 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00BC2F25"/>
+    <w:rsid w:val="00000244"/>
     <w:rsid w:val="00004D0A"/>
+    <w:rsid w:val="00006534"/>
+    <w:rsid w:val="00021055"/>
     <w:rsid w:val="000253A4"/>
-    <w:rsid w:val="00044D99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0006039D"/>
     <w:rsid w:val="000B44F4"/>
     <w:rsid w:val="001315D5"/>
-    <w:rsid w:val="00175643"/>
+    <w:rsid w:val="001509E6"/>
+    <w:rsid w:val="00167E96"/>
+    <w:rsid w:val="00185C10"/>
     <w:rsid w:val="00194DDD"/>
-    <w:rsid w:val="001C593B"/>
-    <w:rsid w:val="001E17A3"/>
+    <w:rsid w:val="00223A6B"/>
     <w:rsid w:val="00234522"/>
-    <w:rsid w:val="00255EE6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003807A0"/>
+    <w:rsid w:val="002D59D4"/>
+    <w:rsid w:val="00301064"/>
+    <w:rsid w:val="00330280"/>
+    <w:rsid w:val="003644C2"/>
+    <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00395C33"/>
-    <w:rsid w:val="00397460"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004C4E16"/>
+    <w:rsid w:val="003E2A3C"/>
+    <w:rsid w:val="004A70E2"/>
+    <w:rsid w:val="004E41ED"/>
     <w:rsid w:val="00560D96"/>
-    <w:rsid w:val="005E2ECB"/>
-    <w:rsid w:val="005F4DD3"/>
+    <w:rsid w:val="00565FCF"/>
+    <w:rsid w:val="00591058"/>
     <w:rsid w:val="006402A2"/>
     <w:rsid w:val="006424F8"/>
     <w:rsid w:val="00664CC5"/>
-    <w:rsid w:val="0069212B"/>
-    <w:rsid w:val="00701B93"/>
+    <w:rsid w:val="006F261D"/>
+    <w:rsid w:val="00744677"/>
+    <w:rsid w:val="00761E19"/>
     <w:rsid w:val="007D7BB2"/>
-    <w:rsid w:val="00806D04"/>
+    <w:rsid w:val="00872E53"/>
     <w:rsid w:val="00896AB9"/>
-    <w:rsid w:val="008A177B"/>
-    <w:rsid w:val="00933877"/>
+    <w:rsid w:val="00950F3A"/>
     <w:rsid w:val="00955956"/>
-    <w:rsid w:val="00B314F7"/>
-    <w:rsid w:val="00B50A1D"/>
+    <w:rsid w:val="00A56DF3"/>
+    <w:rsid w:val="00AA6459"/>
+    <w:rsid w:val="00AE49D2"/>
+    <w:rsid w:val="00B14C23"/>
+    <w:rsid w:val="00B62A4F"/>
     <w:rsid w:val="00B80257"/>
+    <w:rsid w:val="00B93485"/>
     <w:rsid w:val="00BC2F25"/>
-    <w:rsid w:val="00BC7964"/>
-    <w:rsid w:val="00CA6211"/>
+    <w:rsid w:val="00C33C8F"/>
+    <w:rsid w:val="00C46AF5"/>
     <w:rsid w:val="00CC4101"/>
-    <w:rsid w:val="00CC4B0E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DC2443"/>
+    <w:rsid w:val="00CD22BC"/>
+    <w:rsid w:val="00D00496"/>
     <w:rsid w:val="00DC3314"/>
     <w:rsid w:val="00DE632B"/>
     <w:rsid w:val="00E44D0A"/>
-    <w:rsid w:val="00EB3678"/>
     <w:rsid w:val="00EE5357"/>
-    <w:rsid w:val="00F52E2C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F60B80"/>
     <w:rsid w:val="00F74050"/>
     <w:rsid w:val="00F94BEA"/>
-    <w:rsid w:val="00FB1F11"/>
-    <w:rsid w:val="00FC1619"/>
+    <w:rsid w:val="00FA5A6C"/>
+    <w:rsid w:val="00FC2372"/>
+    <w:rsid w:val="00FE6CB4"/>
+    <w:rsid w:val="00FF6F20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="20482"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9444,51 +7886,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9737,69 +8179,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2028</Words>
-  <Characters>11561</Characters>
+  <Words>1464</Words>
+  <Characters>8345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13562</CharactersWithSpaces>
+  <CharactersWithSpaces>9790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>