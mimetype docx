--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -1,3014 +1,5962 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00463794" w:rsidRPr="00E2324B" w:rsidRDefault="00BD71BA" w:rsidP="00BD71BA">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">КГУ </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>«</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М.Әуезов</w:t>
       </w:r>
-      <w:r w:rsidR="00E92E6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>имени М.Ауэзова</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> города Павлодара</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>»</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КММ конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD71BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E2324B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E3EEA" w:rsidRDefault="00321427" w:rsidP="00321427">
-[...152 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7324"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00BA091B" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, </w:t>
-[...17 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00B23615">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8(7182)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F20EA7">
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="0049113D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00F20EA7">
+              <w:t>62</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00590BAF" w:rsidRDefault="00590BAF" w:rsidP="00AC5290">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00590BAF" w:rsidRDefault="0093279B" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Начальные классы,  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AC5290">
+              <w:t>Бастауыш сыныптар, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD71BA" w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t xml:space="preserve"> мөлшерлеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00BA091B" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқыту мен тәрбиелеуді жүзеге асырады, оқу жүктемесін бөлу бойынша өзіне бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ кезінде тиісті тәртіп пен пәнді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Оқу жоспарына, өзінің сабақ жоспарына және сабақ кестесіне сәйкес білім беру бағдарламаларына қолданылатын бағдарламаларды іске асырады; бұл ретте оқытудың әртүрлі мысалдарын, әдістері мен құралдарын пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру стандартының талаптарына сәйкес білім алушылардың даярлық деңгейін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- ӨТ және ТБ ережелері мен нормаларын, өртке қарсы қорғауды орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Басшылыққа әрбір жазатайым оқиға туралы жедел хабарлайды, дәрігерге дейінгі алғашқы көмек көрсету бойынша шаралар қабылдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="005859A8" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру процесін өткізу жағдайларын жақсарту және сауықтыру бойынша ұсыныстар енгізеді, сондай-ақ білім алушылардың тыныс-тіршілігі мен жұмыс қабілеттілігін төмендететін білім беру процесін қамтамасыз етудегі барлық кемшіліктер туралы кабинет меңгерушісінің, басшылықтың назарына жеткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="00BD71BA" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD50AA">
+            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушыларға оқу сабақтарында еңбек қауіпсіздігі туралы нұсқаманы міндетті түрде сынып журналында немесе нұсқаманы тіркеу журналында тіркей отырып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың еңбекті қорғау ережелерін оқуын ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="00E2324B" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="00E2324B">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Еңбекті қорғау бойынша ережелердің (нұсқаулықтардың) сақталуын бақылауды жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Белгіленген тәртіппен сынып құжаттамасын жүргізеді, жүйеде қабылданған білім алушылардың қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, сынып журналына және білім алушының күнделігіне баға қояды, әкімшілікке есептік деректерді уақтылы ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...158 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Белгіленген тәртіппен білім алушыларды қорытынды аттестаттауға қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Педагогтың қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабаққа жібереді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:ind w:firstLine="708"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Директор орынбасарының өкімі бойынша уақытша болмаған мұғалімдерді сабақта алмастырады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Ішкі еңбек тәртібінің жарғысы мен ережесін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Сабақ өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және қабылданған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және аяқталуына 20 минут қалғанда кезекшілік етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың үлгерімі, қатысуы, пәні мәселелері бойынша ата-аналарымен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD50AA">
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімдік медициналық тексеруден өтеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...187 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес қоғамдық орындарда, тұрмыста, қоғамдық орындарда этикалық мінез-құлық нормаларын сақтайды.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423E96">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t>- арнаулы орта білім (min): 143947-161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00423E96" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423E96">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
-[...20 lines deleted...]
-              <w:t>тенге</w:t>
+              <w:t>- жоғары білім (min): 177766-205080 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00AB3BA7" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 6 лет;</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+              <w:t>және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>   </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00423E96">
+              </w:rPr>
+              <w:t>) жоғары</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00423E96" w:rsidRDefault="00B1578A" w:rsidP="00F72117">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">деңгейдегі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өті</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жағдайда - 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00423E96" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейлі педагог-модератор үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="000717A4" w:rsidP="00B83789">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00C121EC" w:rsidP="00613E2A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12-2</w:t>
             </w:r>
-            <w:r w:rsidR="00B83789">
+            <w:r w:rsidR="00613E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.01.2023 г</w:t>
+              <w:t>.01.2023 ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00470938" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+          <w:p w:rsidR="00BA091B" w:rsidRPr="004A66DF" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F54B50">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидаларға 10-қосымшаға сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (сәйкестендіру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жайын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып-бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00112265" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00FD2409" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00112265" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұданә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і - ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">куәлік (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ң бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уақытша бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...291 lines deleted...]
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазым мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="003D791E" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00463794" w:rsidRPr="004D07D1" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
@@ -4037,131 +6985,141 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>учебногозаведения</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Периодобучения</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Специальность</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>подиплому</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4455,51 +7413,50 @@
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5206,51 +8163,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B772A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+        <w:t>(фамилия, имя, отчеств</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>о(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5386,51 +8361,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+              <w:t>Кол-во балло</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>в(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5548,97 +8545,127 @@
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>Высшее очное = 5 баллов</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>высшее заочное/</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дистанционное</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6637,50 +9664,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
@@ -7118,51 +10146,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>от 70 до 80 баллов =</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
@@ -8525,51 +11552,69 @@
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т</w:t>
             </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+              <w:t>рудовая книжка/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>документ,заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>от 1 до 3 лет = 1 балл</w:t>
             </w:r>
@@ -8732,51 +11777,69 @@
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т</w:t>
             </w:r>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+              <w:t>рудовая книжка/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>документ,заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">методист = 1 балл </w:t>
             </w:r>
@@ -9190,58 +12253,60 @@
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>исьмо</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие </w:t>
@@ -9761,50 +12826,51 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9881,84 +12947,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
             </w:r>
             <w:r w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:r w:rsidRPr="00304B28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
@@ -10058,52 +13126,62 @@
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- лидерство</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- реализация полиязычия</w:t>
-            </w:r>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
@@ -10120,60 +13198,51 @@
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>руководство МО = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">лидер профессионально-педагогического сообщества = 1 </w:t>
-[...8 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>преподавание на 2 языках</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10309,106 +13378,116 @@
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>урсовая подготовка</w:t>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
@@ -10470,66 +13549,88 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>GoetheZertifikat</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, обучение по программам </w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Основы программирования в Python</w:t>
             </w:r>
             <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -10775,51 +13876,10535 @@
     <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRPr="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының М.Әуезов атындағы жалпы орта білім беретін мектебі» КММ орыс тілінде оқытатын бастауыш сынып мұғалімдері лауазымдарына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRPr="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRPr="004F2A50" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="15640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00BA091B" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>65-62-86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекенжайлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00590BAF" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сыныптар, 1 мөлшерлеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00BA091B" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқыту мен тәрбиелеуді жүзеге асырады, оқу жүктемесін бөлу бойынша өзіне бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ кезінде тиісті тәртіп пен пәнді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Оқу жоспарына, өзінің сабақ жоспарына және сабақ кестесіне сәйкес білім беру бағдарламаларына қолданылатын бағдарламаларды іске асырады; бұл ретте оқытудың әртүрлі мысалдарын, әдістері мен құралдарын пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру стандартының талаптарына сәйкес білім алушылардың даярлық деңгейін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӨТ және ТБ ережелері мен нормаларын, өртке қарсы қорғауды орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Басшылыққа әрбір жазатайым оқиға туралы жедел хабарлайды, дәрігерге дейінгі алғашқы көмек көрсету бойынша шаралар қабылдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Білім беру процесін өткізу жағдайларын жақсарту және сауықтыру бойынша ұсыныстар енгізеді, сондай-ақ білім алушылардың тыныс-тіршілігі мен жұмыс қабілеттілігін төмендететін білім беру процесін қамтамасыз етудегі барлық кемшіліктер туралы кабинет меңгерушісінің, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>басшылықтың назарына жеткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушыларға оқу сабақтарындағы еңбек қауіпсіздігі туралы нұсқаманы міндетті түрде сынып журналында немесе нұсқаманы тіркеу журналында тіркей отырып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың еңбекті қорғау ережелерін оқуын ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Еңбекті қорғау бойынша ережелердің (нұсқаулықтардың) сақталуын бақылауды жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Белгіленген тәртіппен сынып құжаттамасын жүргізеді, жүйеде қабылданған білім алушылардың қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, сынып журналына және білім алушының күнделігіне баға қояды, әкімшілікке есептік деректерді уақтылы ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Белгіленген тәртіппен білім алушыларды қорытынды аттестаттауға қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогтың қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабаққа жібереді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Директор орынбасарының өкімі бойынша уақытша болмаған мұғалімдерді сабақта алмастырады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Ішкі еңбек тәртібінің жарғысы мен ережесін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Сабақ өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және қабылданған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және аяқталуына 20 минут қалғанда кезекшілік етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың үлгерімі, қатысуы, пәні мәселелері бойынша ата-аналарымен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мерзімдік медициналық тексеруден өтеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес қоғамдық орындарда, тұрмыста, қоғамдық орындарда этикалық мінез-құлық нормаларын сақтайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнаулы орта білім (min): 143947-161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00423E96" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 177766-205080теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00BA091B" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білімі немесе тиісті мамандық бойынша жоғары білімі, жұмыс стажына талап қойылмайды немесе тиісті мамандық бойынша техникалық және кәсіптік білімі, жұмыс стажына талап қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E01C85" w:rsidRPr="00E01C85" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігі жоғары деңгейдегі педагог-шебер мамандығы бойынша жұмыс өтілі болған жағдайда - 6 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00EC0779" w:rsidRDefault="00E01C85" w:rsidP="00E01C85">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0779">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігі орта немесежоғарыдеңгейлі педагог-модератор үшінмамандығыбойыншажұмысөтілікемінде 3-4 жыл, педагог-сарапшыүшінкемінде 4-5 жыл, педагог-зерттеушіүшінкемінде 5-6 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00E01C85" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13-20.10.2022 ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C0094" w:rsidRPr="004A66DF" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидаларға 10-қосымшаға сәйкеснысанбойыншаконкурсқақатысутуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жекебастыкуәландыратынқұжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесецифрлыққұжаттарсервисіненэлектрондыққұжат (сәйкестендіруүшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрлардыесепкеалубойыншатолтырылғанжекепарақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақтытұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылықтымекенжайынжәнебайланыстелефондарынкөрсетеотырып-бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтердіңүлгілікбіліктіліксипаттамаларыменбекіті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лгенлауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғақойылатынбіліктілікталаптарынасәйкесбілімтуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардыңкөшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00112265" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтаусаласындағыесепкеалуқұжаттам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыныңнысандарынбекітутуралы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚРДенсаулықсақтауминистрініңміндетінатқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 бұйрығыменбекітілгеннысан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойыншаденсаулықжағдайытуралыанықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялықұйымныңанықтамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00FD2409" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялықұйымнананықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0094" w:rsidRPr="00112265" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттықбіліктіліктестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұданә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і - ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктіліксанатыныңболуытуралыкуәлік (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="001C0094" w:rsidP="001C0094">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшағасәйкеснысанбойыншапедагогтің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос немесеуақытша бос</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лауазымынакандидаттыңтолтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағалаупарағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00AB3BA7" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазым мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3BA7" w:rsidRPr="00F54B50" w:rsidRDefault="00C12270" w:rsidP="007842D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек шартына сәйкес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="00AB3BA7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Кандидаттың Т. А. Ә, (бар болса), ЖСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені бос/уақытша бос орынға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсқа жіберуіңізді сұраймын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уазымдар (қажеттінің астын сызу)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргіуақыттажұмысістеймін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, Ұйымның атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2037"/>
+        <w:gridCol w:w="2843"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="3153"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқуорнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ипломбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>амандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расталғанкүні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0056519D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі:_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0056519D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менде келесі жұмыс нәтижелері бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="001F1A7D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымшаЕрежеге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="001F1A7D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдарға тағайындау,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="001F1A7D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдардан босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="001F1A7D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші басшылар мен педагогтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="001F1A7D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пішін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00FB2B7E" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына кандидаттың бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Тегі, Аты, Әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерийлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл саны(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імтуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми / академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імтуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттықбі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктіліктестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелікжәне педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелікжәне педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктіліксанатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін = 8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелікжәне педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 балғадейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балғадейін = 8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балғадейін = 9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелікжәне педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балғадейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балғадейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балғадейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балғадейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғарысанат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалыққызметөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1-ден 3 жасқадейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3-тен 5 жасқадейін = 1,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5-тен 10 жасқадейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10 жәнеоданкө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директордыңорынбасары = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіретін педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імтуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ікпрактиканыңнәтижелері «өтежақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыным хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оң ұсынымдық хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсынымдық хаттың болмауы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теріс ұсынымдық хат = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсібижеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктердіңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мұғалім олимпиадалары мен конкурстарының жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен конкурстардыңжүлдегерлері = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылымижобалар = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен конкурстардыңжүлдегерлері = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» конкурсынақатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» байқауыныңжүлдегері = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>стане</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбексіңіргенұстазы» медалініңиегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- авторлықжұмыстар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ тізбесінеенгізілгеноқулықтардыңжәне (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) UMK авторы немесетең авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбегеенгізілгеноқулықтардыңжәне (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) оқулықтардың авторы немесетең авторы  = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KOKSON тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалыққызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ілділіктііскеасыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ММбасшылығы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ік-педагогикалыққоғамдастықтыңжетекшісі = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 тілдеоқыту, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетелдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, шетелдік/қазақ) = 3 балл,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 тілдеоқыту (қазақ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндікдаярлықсертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ққа сертификат,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ, IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «Pythonбағдарламалаунегіздері», «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft-пен ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұмысістеудіоқыту» бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TSPM NISH </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «Өрлеу» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл (ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қайсысыбөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidTr="007842D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044752F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңжоғары балл - 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="0044752F" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11731,150 +25316,152 @@
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037CB7"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000617C3"/>
     <w:rsid w:val="00065B9B"/>
-    <w:rsid w:val="000717A4"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090100"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000C5488"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00181089"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C0094"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E5635"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="002568C8"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
@@ -11909,89 +25496,91 @@
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003D791E"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1AC0"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="0044752F"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00482069"/>
+    <w:rsid w:val="0049113D"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
@@ -12018,52 +25607,52 @@
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="00613E2A"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="00623348"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
@@ -12092,366 +25681,374 @@
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008173A1"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="0085309D"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00870A45"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="008F5B9A"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="0093279B"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="0097795D"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="00983653"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A34D1"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D4BDD"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB3BA7"/>
     <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC40B0"/>
     <w:rsid w:val="00AC5290"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
-    <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B348FD"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83789"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA091B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rsid w:val="00BD71BA"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
-    <w:rsid w:val="00C047C8"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C121EC"/>
+    <w:rsid w:val="00C12270"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C22D14"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C9339D"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D56D9C"/>
-    <w:rsid w:val="00D57BA1"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D82A27"/>
+    <w:rsid w:val="00D72039"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC6B11"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E01C85"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E2324B"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC0779"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F70CED"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F77F3F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA78D1"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -12605,51 +26202,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D56D9C"/>
+    <w:rsid w:val="00F70CED"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -12797,50 +26394,426 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0044752F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
+    <w:name w:val="Font Style17"/>
+    <w:rsid w:val="00BD50AA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00BD50AA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rsid w:val="00BD50AA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
+    <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:rsid w:val="00BD50AA"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0044752F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -12850,51 +26823,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13145,79 +27118,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{537EFB61-9AE6-4633-8915-ECCD3F9CD54C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C332696-6832-42FF-9A98-935294D2A45A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11988</Characters>
+  <Pages>12</Pages>
+  <Words>4089</Words>
+  <Characters>23312</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14062</CharactersWithSpaces>
+  <CharactersWithSpaces>27347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>