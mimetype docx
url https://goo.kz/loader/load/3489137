--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,1688 +1,5436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="441E8201" w14:textId="648C095F" w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="007E11C0" w:rsidP="00C50B1A">
-      <w:pPr>
+    <w:p w14:paraId="101326CC" w14:textId="77777777" w:rsidR="00EB72DF" w:rsidRDefault="00EB72DF" w:rsidP="001C307C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B131BED" w14:textId="1865AFBA" w:rsidR="00687DFB" w:rsidRPr="00E940AB" w:rsidRDefault="00D15008" w:rsidP="001C307C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D901FB6" w14:textId="15CFD0FB" w:rsidR="00687DFB" w:rsidRPr="00E940AB" w:rsidRDefault="00D15008" w:rsidP="00E940AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о проведении конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="007D699F" w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на вакантную или временно </w:t>
+      </w:r>
+      <w:r w:rsidR="00687DFB" w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEEDA21" w14:textId="77777777" w:rsidR="00E940AB" w:rsidRPr="00E940AB" w:rsidRDefault="00E940AB" w:rsidP="00E940AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="039EC90E" w14:textId="6C3C2AEB" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Средняя общеобразовательная школа №</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Камзина, 346</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D93D0A9" w14:textId="0013EC0D" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>почтовый индекс 140000, приемная-7 (718</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>607313</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576B1A84" w14:textId="4014CC3A" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование вакантной должности: </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Логопед для классов с казахским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русским языками обучения – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E50EFF" w14:textId="2427375B" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обязанности: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687D2CB1" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1. Осуществляет диагностику речевого развития (состояния устной и письменной речи) учащихся в закреплённых за ним классах и определяет направления коррекционной работы. Формирует банк диагностических методик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25287D43" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2. На основе использования достижений науки способствует обеспечению полноценного речевого развития учащихся на каждом возрастном этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5A2997" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.3. Осуществляет плановую коррекционную работу с целью создания ситуации успеха в усвоении программного материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FA4CD0" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.4. Формирует банк коррекционных методик и создаёт научно-методическое и методологическое обеспечение для коррекции речевой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B61A1EC" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.5. Проводит консультативную и просветительскую деятельность в пределах своей компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8DDD30" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.6. Осуществляет отслеживание речевого развития и состояния письменной речи учащихся, имеющих специальные образовательные потребности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6B370E" w14:textId="77777777" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оплата: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282BEBE7" w14:textId="6BFCABB8" w:rsidR="000D1402" w:rsidRPr="00C20DF1" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- средне-специальное образование со стажем работы до одного года: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20DF1" w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>29258</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D" w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3805D243" w14:textId="78E3EB7C" w:rsidR="000D1402" w:rsidRPr="00C20DF1" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- высшее образование со стажем работы до одного года: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20DF1" w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>59627</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C20DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EA5328" w14:textId="032F1DA8" w:rsidR="000D1402" w:rsidRPr="000D1402" w:rsidRDefault="000D1402" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требования: </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с приказом Министра образования и науки Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 13 июля 2009 года №338.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2148BE" w14:textId="33E2F4AF" w:rsidR="0036559D" w:rsidRDefault="0036559D" w:rsidP="000D1402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00384B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00384B44" w:rsidRPr="00384B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рок приема документов</w:t>
+      </w:r>
+      <w:r w:rsidR="007D699F" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB72DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB72DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75259" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="007D699F" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidR="007D699F" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D26C1" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005D26C1" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB72DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ода</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F055EC" w14:textId="41E206BC" w:rsidR="0036559D" w:rsidRPr="00573DEB" w:rsidRDefault="00384B44" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. П</w:t>
+      </w:r>
+      <w:r w:rsidR="0036559D" w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еречень документов</w:t>
+      </w:r>
+      <w:r w:rsidR="000D1402">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1D21B7" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A3414C" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0CD5F3" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A78C736" w14:textId="3FA62C62" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационн</w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ыми требованиями, утвержденными Типовыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767F26E0" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07034B6D" w14:textId="566951FD" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24714561" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287F573B" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384246BB" w14:textId="77777777" w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A034AB" w14:textId="2E75C8B6" w:rsidR="0036559D" w:rsidRDefault="0036559D" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A1C40F" w14:textId="77777777" w:rsidR="00384B44" w:rsidRPr="00E36BC9" w:rsidRDefault="00384B44" w:rsidP="00352A81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1260EB" w14:textId="77777777" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1181ED" w14:textId="09EFA826" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB239F6" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C667C8B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9287" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="4961"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="36DFAF9D" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52C4A2CF" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA6AF85" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:firstLine="850"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01A876BC" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="216F2FE1" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="308"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E60DF0C" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25599977" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7961365B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="42D3ADFE" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="418C9717" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="498D2AB7" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47AC94C2" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="583DC363" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC6C91B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1DF6DC" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E943EE6" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="39DA2BB5" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="547D91E4" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7052CB5D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3350B26F" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="5586B55F" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01CBA15D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFA21C2" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45EDF96D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="3F67BF87" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="529"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8D122" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DABD41B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F4BF9C" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="0F698D2D" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2B818D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4215BA17" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5690E337" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="0F65E407" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="1028"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F59A2CE" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC7A02A" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6158313D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="6DC68ED5" w14:textId="77777777" w:rsidTr="00E36BC9">
+        <w:trPr>
+          <w:trHeight w:val="1284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52E9A57A" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="687E175A" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4852D653" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CF506F2" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F182EC1" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="56A2618A" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="756270B8" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8B400C" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6524FA47" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="1DAF1C9F" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E84CC9E" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA88F0" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24543A3A" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4A9125" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384B44" w:rsidRPr="00384B44" w14:paraId="2C3CFD16" w14:textId="77777777" w:rsidTr="00ED74E3">
+        <w:trPr>
+          <w:trHeight w:val="1790"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E9D3FB" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:right="72" w:firstLine="202"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62762451" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="44" w:type="dxa"/>
+              <w:left w:w="73" w:type="dxa"/>
+              <w:bottom w:w="44" w:type="dxa"/>
+              <w:right w:w="73" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695C12FC" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C514C67" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25ECD2C0" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="095DE698" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72641CB3" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05ADE3CF" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B093B83" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00384B44" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00384B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3AC60F6E" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B8D252" w14:textId="77777777" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі"  коммуналдық мемлекеттік мекемесі</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4AD204" w14:textId="5DB5C0F8" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>риложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6067C23C" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07936F63" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                  (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E24D88B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="190"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="3309"/>
+        <w:gridCol w:w="2162"/>
+        <w:gridCol w:w="3304"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w14:paraId="48676E7C" w14:textId="77777777" w:rsidTr="00573DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26943373" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E868C49" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC08744" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3711FEC4" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>количество баллов (от 1-20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w14:paraId="45510EB8" w14:textId="77777777" w:rsidTr="00573DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43065740" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="654E01AC" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA31200" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F68722" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAAE405" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное-1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FA3DED" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее очное-5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13268A16" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее заочное/ дистанционное-2 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="488C316D" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом о высшем образованиии с отличием-7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w14:paraId="69BF5DCF" w14:textId="77777777" w:rsidTr="00573DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AE86CE" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F765E22" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B061B43" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6450BC2B" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием-5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084FADF1" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –доктор-10 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D0B4BD" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Доктор наук-10 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B2ADB9" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат наук-10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w14:paraId="05748DC9" w14:textId="77777777" w:rsidTr="00573DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7EB29A" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3096A712" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E943163" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36376042" w14:textId="77777777" w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00352A81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2816C6D9" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DBCDC43" w14:textId="721C6861" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="756135D3" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAE4188" w14:textId="77777777" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E9EECD" w14:textId="6D6960AA" w:rsidR="00573DEB" w:rsidRPr="00384B44" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65625898" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EDA2BA" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F887571" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(государственный орган,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510E288C" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27365B0D" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4FD38B" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707362D2" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A2FEB7" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29125FAA" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40ECC48A" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563CBC6C" w14:textId="546920B6" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6018C0DB" w14:textId="77777777" w:rsidR="00687DFB" w:rsidRPr="00573DEB" w:rsidRDefault="00687DFB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7315505A" w14:textId="46DD4D9F" w:rsidR="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00251E0D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00687DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F79452" w14:textId="77777777" w:rsidR="00384B44" w:rsidRPr="00687DFB" w:rsidRDefault="00384B44" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B873BA" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263C50C2" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F2E011" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8AD1DA" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA184C4" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516F349C" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3242239B" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5CD078" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B6594C" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238C79F3" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование учебного заведения Период обучения Специальность по диплому</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2F21BD" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2E2DEC" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA47D8B" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7109ED" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44968710" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC852F8" w14:textId="77777777" w:rsidR="00573DEB" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63700846" w14:textId="6923CBFC" w:rsidR="00352373" w:rsidRPr="00573DEB" w:rsidRDefault="00573DEB" w:rsidP="00352A81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00573DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFA3E5E" w14:textId="3DD7909D" w:rsidR="009171DC" w:rsidRPr="00E36BC9" w:rsidRDefault="009171DC" w:rsidP="00352A81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1092 lines deleted...]
-    <w:sectPr w:rsidR="00394150" w:rsidRPr="00755BB5" w:rsidSect="00E72DD4">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отсутствие одного из документов, указанных в пункте 107 настоящих Правил, является основанием для возврата документов кандидату </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009171DC" w:rsidRPr="00E36BC9" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A973E84"/>
-[...3 lines deleted...]
-      <w:start w:val="2"/>
+    <w:nsid w:val="01A263F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72FCA9A6"/>
+    <w:lvl w:ilvl="0" w:tplc="35B4914C">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...225 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37573D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71809938"/>
+    <w:lvl w:ilvl="0" w:tplc="138EA222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EC7719F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6B2FDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="D17E851A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="330792229">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="802578352">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="220942909">
+  <w:num w:numId="2" w16cid:durableId="1602568204">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="490870866">
-[...25 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="3" w16cid:durableId="1609846603">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="90"/>
-  <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C50B1A"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00F868F3"/>
+    <w:rsidRoot w:val="00D15008"/>
+    <w:rsid w:val="000A3CB6"/>
+    <w:rsid w:val="000D1402"/>
+    <w:rsid w:val="0010189D"/>
+    <w:rsid w:val="001C307C"/>
+    <w:rsid w:val="001E6C21"/>
+    <w:rsid w:val="00251E0D"/>
+    <w:rsid w:val="002E5399"/>
+    <w:rsid w:val="00326737"/>
+    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00352A81"/>
+    <w:rsid w:val="0036559D"/>
+    <w:rsid w:val="00384B44"/>
+    <w:rsid w:val="00392D5B"/>
+    <w:rsid w:val="00487858"/>
+    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00573DEB"/>
+    <w:rsid w:val="005C1F7D"/>
+    <w:rsid w:val="005D26C1"/>
+    <w:rsid w:val="00624187"/>
+    <w:rsid w:val="00687DFB"/>
+    <w:rsid w:val="006C7B3C"/>
+    <w:rsid w:val="007315DA"/>
+    <w:rsid w:val="007D699F"/>
+    <w:rsid w:val="007F1CC4"/>
+    <w:rsid w:val="008A4F3B"/>
+    <w:rsid w:val="009171DC"/>
+    <w:rsid w:val="00947BD9"/>
+    <w:rsid w:val="00A52003"/>
+    <w:rsid w:val="00AF414D"/>
+    <w:rsid w:val="00B46C32"/>
+    <w:rsid w:val="00C20DF1"/>
+    <w:rsid w:val="00C25996"/>
+    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00D15008"/>
+    <w:rsid w:val="00D75259"/>
+    <w:rsid w:val="00E36BC9"/>
+    <w:rsid w:val="00E66D54"/>
+    <w:rsid w:val="00E940AB"/>
+    <w:rsid w:val="00EB72DF"/>
+    <w:rsid w:val="00ED74E3"/>
+    <w:rsid w:val="00F011C3"/>
+    <w:rsid w:val="00F557DC"/>
+    <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2BECE309"/>
-  <w15:docId w15:val="{FA2400DE-E92D-4090-80B2-A71BD5CC54E9}"/>
+  <w14:docId w14:val="79FD4E9F"/>
+  <w15:docId w15:val="{02172D3E-CDB9-4C0E-9705-E7D01C454150}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1727,51 +5475,51 @@
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2040,135 +5788,279 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C50B1A"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Body Text Indent"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-    <w:rsid w:val="00394150"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D15008"/>
     <w:pPr>
-      <w:ind w:firstLine="540"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...3 lines deleted...]
-    <w:rsid w:val="00394150"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C301E5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C301E5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C301E5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00352373"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00532E77"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005319DA"/>
+    <w:rsid w:val="000D1402"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="177474224">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="788625376">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469396259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1537738892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1673415567">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2046952111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2207,84 +6099,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2419,66 +6313,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5199</Characters>
+  <Pages>4</Pages>
+  <Words>1042</Words>
+  <Characters>5942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6098</CharactersWithSpaces>
+  <CharactersWithSpaces>6971</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
+  <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>