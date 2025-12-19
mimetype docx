--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,2862 +1,3354 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00F46E64" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E73B7" w:rsidRPr="002E73B7" w:rsidRDefault="002E73B7" w:rsidP="00D00FD5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9936" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4968"/>
         <w:gridCol w:w="4968"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00667951" w:rsidRPr="003D11B3" w:rsidTr="00F57B8D">
+      <w:tr w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidTr="001F3626">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00667951" w:rsidRPr="005B4007" w:rsidRDefault="00667951" w:rsidP="00F57B8D">
+          <w:p w:rsidR="00A629F3" w:rsidRPr="005B4007" w:rsidRDefault="00901B9E" w:rsidP="001F3626">
+            <w:pPr>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46E64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
             <w:pPr>
               <w:ind w:left="142" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...127 lines deleted...]
-          <w:p w:rsidR="00667951" w:rsidRPr="003D11B3" w:rsidRDefault="00667951" w:rsidP="00F57B8D">
+          <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
             <w:pPr>
               <w:ind w:left="142" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДАЮ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
+            <w:pPr>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уководител</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
+            <w:pPr>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«ЦЗРДО»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
+            <w:pPr>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухаметжанова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А. Л.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="001F3626">
+            <w:pPr>
+              <w:ind w:left="142" w:hanging="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«_____» ________________202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D11B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00667951" w:rsidRPr="00667951" w:rsidRDefault="00667951" w:rsidP="00667951">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Школ</w:t>
+      </w:r>
+      <w:r w:rsidR="0036723F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Настоящее  Положение определяет с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>татус, цели и задачи Школы  «Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядок ее функционирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00D00FD5" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Школа «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (далее Шк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ола) функционирует при  Ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ентре занятости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>развития детской одаренности «Павлодар дарыны» отдела образования города Павлодара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00D00FD5" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E0990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Основная цель: формирование нравственных и эстетических идеалов, осуществление гармоничного развития творч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ески активной личности учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством приобщения к исполнительскому (театральному, вокальному, эстрадному) искусству</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="008E0990" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E0990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овышение интереса обучающихся к исполнительскому искусству, поиск и поддержка талантливых детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E0990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.3. Формирование начальных пред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ставлений школы актерского мастерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Задачи школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="006610F2" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создание благоприятных условий для развития т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ворческих возможностей учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, их эстетического воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="006610F2" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.2. Приобщение учеников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к исполнительскому искусству, обогащение их духовных потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.3.Ознакомление учеников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006610F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с основами театральной деятельности, актерскими, вокальными техниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62C5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Развитие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>природных способностей учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62C5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: памяти, восприятия, фантазии, наблюдательности, внимания, волевых качеств, воображения, чувства ритма, коммуникабельности, смелости публичного самовыражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="000E5728" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Развитие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> артистических навыков юнных актеров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, пластической выразительности движений, умения держаться на сцене;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00B62C5D" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Развитие умения действовать словом, вызывать живой эмоциональный отклик зрителей, влиять на их эмоциональное состояние;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.7.Развитие навыков выступления перед аудиторией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">частники </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>колы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В состав Школы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» входят учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По  результатам  рейтинга состав учащихся Школы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» может меняться в течение года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="center" w:pos="5031"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00667951">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Организаторы школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00D00FD5" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организатором </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центр занятости и развития детской одаренности  «Павлодар дарыны»  отдела образования города Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (далее-КГКП «ЦЗРДО «Павлодар дарыны»)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орядокпроведе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ния и условия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>Білім</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Занятия в Школе «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>алушылардың</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t>орындаушылық</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организованы в виде пятимесячного  курса (Январь-май) (репетиции, постановки  мини-спектаклей, мюзиклы)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="000E5728" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Школа самостоятельно осуществляет планирование своей деятельности и определяет перспективы своего развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="003D11B3" w:rsidRDefault="00A629F3" w:rsidP="00A629F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>деген</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Занятия Школы  «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>қызығушылығын</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Актёрское мастерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» будут проводиться </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05ED2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 раз в неделю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>утвержденному графику</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦЗРДО «Павлодар дарыны».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00D05ED2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2134 lines deleted...]
-    <w:sectPr w:rsidR="001F31CC" w:rsidSect="00667951">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D11B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A629F3" w:rsidRPr="00A629F3" w:rsidRDefault="00A629F3" w:rsidP="00DC519D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A629F3" w:rsidRPr="00A629F3" w:rsidSect="003D11B3">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="567" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00B34458" w:rsidRDefault="00B34458" w:rsidP="00F474E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00B34458" w:rsidRDefault="00B34458" w:rsidP="00F474E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00B34458" w:rsidRDefault="00B34458" w:rsidP="00F474E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00B34458" w:rsidRDefault="00B34458" w:rsidP="00F474E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2278050C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADA4E488"/>
+    <w:lvl w:ilvl="0" w:tplc="640EF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="35CD3D26"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4A40E9A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="37631589"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C49E5B8A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="435" w:hanging="435"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="380A093B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A37A30B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4BF8313C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="09929F7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="65DF74A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE80BF9C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="76322F33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC4A2C12"/>
+    <w:lvl w:ilvl="0" w:tplc="E3A85614">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="7C8C502C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5FA88E6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="92"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00667951"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DC14A4"/>
+    <w:rsidRoot w:val="006D0601"/>
+    <w:rsid w:val="000242AF"/>
+    <w:rsid w:val="00083181"/>
+    <w:rsid w:val="000866B2"/>
+    <w:rsid w:val="000B0043"/>
+    <w:rsid w:val="000B6682"/>
+    <w:rsid w:val="000D1CC8"/>
+    <w:rsid w:val="000E5728"/>
+    <w:rsid w:val="000F3F8D"/>
+    <w:rsid w:val="00111E5A"/>
+    <w:rsid w:val="0015403E"/>
+    <w:rsid w:val="00167A9D"/>
+    <w:rsid w:val="001923FC"/>
+    <w:rsid w:val="00197070"/>
+    <w:rsid w:val="001B2507"/>
+    <w:rsid w:val="00222697"/>
+    <w:rsid w:val="00276E2F"/>
+    <w:rsid w:val="00286A64"/>
+    <w:rsid w:val="002B3240"/>
+    <w:rsid w:val="002B41E9"/>
+    <w:rsid w:val="002E73B7"/>
+    <w:rsid w:val="002F7370"/>
+    <w:rsid w:val="0036723F"/>
+    <w:rsid w:val="00391C3B"/>
+    <w:rsid w:val="003A48BF"/>
+    <w:rsid w:val="003C271C"/>
+    <w:rsid w:val="003D11B3"/>
+    <w:rsid w:val="003E3D4D"/>
+    <w:rsid w:val="003E5E88"/>
+    <w:rsid w:val="003F497F"/>
+    <w:rsid w:val="00401BD6"/>
+    <w:rsid w:val="004079FB"/>
+    <w:rsid w:val="00413CCD"/>
+    <w:rsid w:val="004347BB"/>
+    <w:rsid w:val="004457E1"/>
+    <w:rsid w:val="004831F0"/>
+    <w:rsid w:val="004933BD"/>
+    <w:rsid w:val="00496F0F"/>
+    <w:rsid w:val="004A0D0E"/>
+    <w:rsid w:val="004A1ADB"/>
+    <w:rsid w:val="005170E3"/>
+    <w:rsid w:val="00522EAB"/>
+    <w:rsid w:val="005344BF"/>
+    <w:rsid w:val="0054323D"/>
+    <w:rsid w:val="005A4795"/>
+    <w:rsid w:val="005B4007"/>
+    <w:rsid w:val="005B5B9E"/>
+    <w:rsid w:val="005C006A"/>
+    <w:rsid w:val="005D5765"/>
+    <w:rsid w:val="00610E43"/>
+    <w:rsid w:val="006132FF"/>
+    <w:rsid w:val="006610F2"/>
+    <w:rsid w:val="006774CB"/>
+    <w:rsid w:val="006D0601"/>
+    <w:rsid w:val="006D623C"/>
+    <w:rsid w:val="006E4362"/>
+    <w:rsid w:val="00701704"/>
+    <w:rsid w:val="00707201"/>
+    <w:rsid w:val="007076DB"/>
+    <w:rsid w:val="00762A87"/>
+    <w:rsid w:val="00765562"/>
+    <w:rsid w:val="007F6172"/>
+    <w:rsid w:val="00826F97"/>
+    <w:rsid w:val="00891D81"/>
+    <w:rsid w:val="008931CB"/>
+    <w:rsid w:val="008A72B4"/>
+    <w:rsid w:val="008C11E2"/>
+    <w:rsid w:val="008C3311"/>
+    <w:rsid w:val="008C3989"/>
+    <w:rsid w:val="008C6143"/>
+    <w:rsid w:val="008E0990"/>
+    <w:rsid w:val="008E0E69"/>
+    <w:rsid w:val="009010F8"/>
+    <w:rsid w:val="00901B9E"/>
+    <w:rsid w:val="009471B7"/>
+    <w:rsid w:val="00947766"/>
+    <w:rsid w:val="009667B6"/>
+    <w:rsid w:val="00A31989"/>
+    <w:rsid w:val="00A455DE"/>
+    <w:rsid w:val="00A47A3B"/>
+    <w:rsid w:val="00A61455"/>
+    <w:rsid w:val="00A629F3"/>
+    <w:rsid w:val="00A67DA1"/>
+    <w:rsid w:val="00A839FA"/>
+    <w:rsid w:val="00A97D99"/>
+    <w:rsid w:val="00AB19E6"/>
+    <w:rsid w:val="00AD069C"/>
+    <w:rsid w:val="00AF7D2C"/>
+    <w:rsid w:val="00B21CFF"/>
+    <w:rsid w:val="00B310F6"/>
+    <w:rsid w:val="00B34458"/>
+    <w:rsid w:val="00B373D2"/>
+    <w:rsid w:val="00B52E85"/>
+    <w:rsid w:val="00B57F64"/>
+    <w:rsid w:val="00B62C5D"/>
+    <w:rsid w:val="00B91299"/>
+    <w:rsid w:val="00BA1087"/>
+    <w:rsid w:val="00BB545E"/>
+    <w:rsid w:val="00BC079A"/>
+    <w:rsid w:val="00C74F8A"/>
+    <w:rsid w:val="00CA2862"/>
+    <w:rsid w:val="00CB0E92"/>
+    <w:rsid w:val="00CC1E54"/>
+    <w:rsid w:val="00CC3F7B"/>
+    <w:rsid w:val="00CE349E"/>
+    <w:rsid w:val="00CF6A2D"/>
+    <w:rsid w:val="00D00FD5"/>
+    <w:rsid w:val="00D05B1B"/>
+    <w:rsid w:val="00D05ED2"/>
+    <w:rsid w:val="00D064AF"/>
+    <w:rsid w:val="00D07C93"/>
+    <w:rsid w:val="00D15E60"/>
+    <w:rsid w:val="00D80B43"/>
+    <w:rsid w:val="00DB0ED8"/>
+    <w:rsid w:val="00DB38AF"/>
+    <w:rsid w:val="00DC37F1"/>
+    <w:rsid w:val="00DC519D"/>
+    <w:rsid w:val="00DE58FC"/>
+    <w:rsid w:val="00DE72F5"/>
+    <w:rsid w:val="00E265AE"/>
+    <w:rsid w:val="00E65DF9"/>
+    <w:rsid w:val="00E85373"/>
+    <w:rsid w:val="00EA7392"/>
+    <w:rsid w:val="00F208A7"/>
+    <w:rsid w:val="00F30DBD"/>
+    <w:rsid w:val="00F46E64"/>
+    <w:rsid w:val="00F474E8"/>
+    <w:rsid w:val="00F629E9"/>
+    <w:rsid w:val="00F8655D"/>
+    <w:rsid w:val="00F87CB7"/>
+    <w:rsid w:val="00F93E41"/>
+    <w:rsid w:val="00F95B79"/>
+    <w:rsid w:val="00FA7BB7"/>
+    <w:rsid w:val="00FF3E40"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008931CB"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006D0601"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00401BD6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF6A2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF6A2D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00D15E60"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004933BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004933BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003E5E88"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F474E8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F474E8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F474E8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F474E8"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -2982,113 +3474,183 @@
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...33 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="592395045">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="790977678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1035740170">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1760367803">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="587732743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="65"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="944388409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1323656997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="65"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1673676887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="196"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3330,74 +3892,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24844C2C-448E-4915-9281-A5637226717C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2144</Characters>
+  <Pages>2</Pages>
+  <Words>380</Words>
+  <Characters>2170</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2515</CharactersWithSpaces>
+  <CharactersWithSpaces>2545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Назгуль</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>