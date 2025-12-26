--- v0 (2025-12-26)
+++ v1 (2025-12-26)
@@ -1,2500 +1,3102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009011FA" w:rsidRPr="009011FA" w:rsidRDefault="009011FA" w:rsidP="009011FA">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="006532D4" w:rsidRDefault="006532D4" w:rsidP="006532D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-        <w:spacing w:line="0" w:lineRule="atLeast"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...133 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009011FA">
-[...135 lines deleted...]
-        <w:pStyle w:val="c1e0e7eee2fbe9"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этапа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XXIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">областного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фестиваля </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="c1e0e7eee2fbe9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...142 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детского дошкольного творчества </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлдіршін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее положение определяет цели, задачи, порядок и условия проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XXIII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городского фестиваля детского дошкольного творчества       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүлдіршін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организатором городского фестиваля детского дошкольного творчества «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүлдіршін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Центр занятости и развития детской одаренности «Павлодар дарыны» о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тдел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования города Павлодара». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Городской фестиваль «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бүлдіршін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» проводится с целью активизации работы по эстетическому воспитанию детей дошкольного возраста, развития художественной самодеятельности в ДУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными задачами фестиваля являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- развитие и популяризация детского дошкольного творчества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выявление юных талантов, профессионально перспективных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- формирование у детей интереса и любви к музыкальному творчеству;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок организации и проведения фестиваля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Городской фестиваль проводится в 3 этапа, имеет многожанровый </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>характер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- вокал (хоровое, сольное пение, народная и эстрадная песня);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- хореография (народные, эстрадные, спортивные танцы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- детский оркестр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- художественное слово (проза, поэзия, сценки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.Для участия в фестивале приглашаются лучшие творческие дошкольные коллективы города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Возраст участников: от 4 до 7 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Сроки подготовки и проведения фестиваля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отборочный тур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18, 19, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года на базе детских садов №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отборочный тур - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года в ДМШ №1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Репертуар должен соответствовать возрасту ребёнка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- средний дошкольный возраст - 4-5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-        <w:t>балалар</w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009011FA">
-[...86 lines deleted...]
-        <w:t>Ф</w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраст – 6-7 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. В представленных номерах учитывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) в вокальном жанре:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - удобный творческий диапазон (вокал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - отсутствие длинных проигрышей, частых повторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - чистота и выразительность исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - использование двуязычия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - исполнение песни с сопровождением </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-        <w:t>естивал</w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтацовки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009011FA">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> қатысу үшін қаланың ең үздік шығармашылық </w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) в хореографическом жанре:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">     - яркость, образность хореографических композиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - длительность танца  1,5 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - несложность движений танца, соответствие возрасту детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - эстетичность костюмов и атрибутов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) в инструментальном жанре (детский оркестр):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - владение приёмами </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-        <w:t>мектепке</w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>звукоизвлечения</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на различных инструментах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - выразительность исполнения музыкального произведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) в жанре «художественное слово»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - длительность стихотворения от 1 мин до 1,5 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - соответствие возрасту, характеру и темпераменту исполнителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - чёткость, выразительность, образность и эмоциональность речи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - соответствие используемой атрибутики, музыкального оформления, костюмов тексту произведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - использование двуязычия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7. Не допускается к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отборочному туру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - художественные номера, представленные на фестивалях прошлых лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     - выступление вокалистов под фонограмму «плюс».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.Технические требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       - фонограммы должны быть с высоким качеством звука в формате </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WAV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 на отдельном носителе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>USB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-        <w:t>дейінгі</w:t>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флеш-накопитель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009011FA">
-[...76 lines deleted...]
-    <w:p w:rsidR="009011FA" w:rsidRPr="009011FA" w:rsidRDefault="009011FA" w:rsidP="009011FA">
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием № ДУ, ДМЦ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оргкомитет фестиваля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. Состав организационного комитета городского фестиваля детского дошкольного творчества формируется приказом отдела образования. В состав оргкомитета входят специалисты отдела образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Центра занятости и развития детской одаренности «Павлодар дарыны», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководители детских садов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.В функции оргкомитета входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- разработка положения о фестивале,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- регистрация заявок участников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организация и проведение этапов фестиваля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00365DDB" w:rsidRDefault="00365DDB" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00365DDB" w:rsidRDefault="00365DDB" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00365DDB" w:rsidRDefault="00365DDB" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жюри фестиваля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- ІІ іріктеу кезеңі – 2023 жылғы 27 сәуірде №1 Балалар музыка мектебінің базасында өтеді.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009011FA" w:rsidRPr="009011FA" w:rsidRDefault="009011FA" w:rsidP="009011FA">
+        <w:t xml:space="preserve">1.Для проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отборочных туров фестиваля и организации работы по определению лауреатов создаётся жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2.Численность и персональный состав жюри фестиваля утверждается приказом отдела образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
       <w:pPr>
         <w:pStyle w:val="c1e0e7eee2fbe9"/>
-        <w:ind w:firstLine="720"/>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победители </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...584 lines deleted...]
-        <w:pStyle w:val="c1e0e7eee2fbe9"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>городско</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го тура фестиваля являются участниками Гала-концерта и награждаются дипломами фестиваля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...71 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок предоставления документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="009011FA">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">7. Iріктеу турына жіберілмейді: </w:t>
-[...563 lines deleted...]
-        <w:t xml:space="preserve"> Қатысуға өтінімдерді «Павлодар дарыны» бос уақытты қамту  және балалардың дарындылығын дамыту орталығына» </w:t>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для участия в фестивале от дошкольных учреждений направляется заявка (указывать от одного жанра – один номер) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, утвержденной формы (Приложение 5).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявки на участие направлять в «Центр занятости и развития детской одаренности «Павлодар дарыны» на электронный адрес </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="009011FA">
+        <w:r w:rsidRPr="005F7BF2">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>massovyy.otdel@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009011FA">
-[...117 lines deleted...]
-    <w:sectPr w:rsidR="00FF1B3B" w:rsidRPr="009011FA" w:rsidSect="007A6AC3">
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок предоставления заявок в городской оргкомитет: до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28 февраля 2023 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7BF2" w:rsidRPr="005F7BF2" w:rsidRDefault="005F7BF2" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008063C0" w:rsidRPr="005F7BF2" w:rsidRDefault="008063C0" w:rsidP="005F7BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008063C0" w:rsidRPr="005F7BF2" w:rsidSect="006532D4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="608A525A"/>
+    <w:nsid w:val="58422F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0F3A8206"/>
-    <w:lvl w:ilvl="0" w:tplc="45262C34">
+    <w:tmpl w:val="56D6D798"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="6FD51E01"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36886B9E"/>
+    <w:lvl w:ilvl="0" w:tplc="19D0CA16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...19 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009011FA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF1B3B"/>
+    <w:rsidRoot w:val="005F7BF2"/>
+    <w:rsid w:val="00046DE9"/>
+    <w:rsid w:val="00365DDB"/>
+    <w:rsid w:val="005F7BF2"/>
+    <w:rsid w:val="006532D4"/>
+    <w:rsid w:val="008063C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -2570,123 +3172,151 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA436F"/>
+    <w:rsid w:val="00046DE9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F7BF2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="0"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="432" w:hanging="432"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="005F7BF2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009011FA"/>
+    <w:rsid w:val="005F7BF2"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Body Text"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009011FA"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F7BF2"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="28"/>
-[...11 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1e0e7eee2fbe9">
     <w:name w:val="Бc1аe0зe7оeeвe2ыfbйe9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009011FA"/>
+    <w:rsid w:val="005F7BF2"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
@@ -2957,54 +3587,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>685</Words>
-  <Characters>3906</Characters>
+  <Words>657</Words>
+  <Characters>3748</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4582</CharactersWithSpaces>
+  <CharactersWithSpaces>4397</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>