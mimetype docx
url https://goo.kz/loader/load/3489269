--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,10888 +1,9888 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6273B4B1" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
-[...27 lines deleted...]
-    <w:p w14:paraId="5CF0C69A" w14:textId="23BD295E" w:rsidR="004B007C" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+    <w:p w14:paraId="519CCC63" w14:textId="3057B6F6" w:rsidR="003E3EEA" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6148F">
+      <w:r w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B6148F">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">-гимназия </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C710C">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> имени Шапық Шөкин</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B6148F">
+        <w:t>Павлодар қаласының</w:t>
+      </w:r>
+      <w:r w:rsidR="004D57FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00657283">
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">английского языка </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B007C">
+        <w:t xml:space="preserve"> жалпы орта білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с русским языком обучения</w:t>
+        <w:t>гимназия-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04684833" w14:textId="39674814" w:rsidR="00F96C74" w:rsidRPr="00B6148F" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+    <w:p w14:paraId="0759D5FF" w14:textId="744D74AC" w:rsidR="00D70D9E" w:rsidRPr="00401EA2" w:rsidRDefault="00862842" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6148F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00460212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">временно </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> тілде оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00342872">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ытаты</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3492">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағылшын тілі </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C735DEC" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00401EA2" w:rsidRDefault="00B00AEE" w:rsidP="00862842">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E6E8C0" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00401EA2" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2729"/>
+        <w:gridCol w:w="2413"/>
+        <w:gridCol w:w="4263"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006E3492" w14:paraId="463B6485" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="057BC234" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="77D5FE0F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEDB6A0" w14:textId="6673C3AF" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="678075FD" w14:textId="5CA84BE1" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Шапық Шөкин атындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="41C843D9" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E73108F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w14:paraId="6F8C1496" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4EF7B7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="6BFEA943" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43822968" w14:textId="17FDC9FB" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="23B06966" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00401EA2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...51 lines deleted...]
-              <w:t>, почтовый индекс 140000</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Пав</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лодар қаласы, Ак.Шөкин , 90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="6AF6B5BA" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D3C2B80" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w14:paraId="3ADFB4D9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685DC29C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="3329BA94" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFFD733" w14:textId="04ABC0F9" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="62E7A01F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...27 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 62-80-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="5FADBA5C" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF4822F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w14:paraId="15A69310" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="32649545" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76C35061" w14:textId="16127312" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="57BF4458" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>soshg</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9@</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="63213BF2" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00905C8A" w14:paraId="20D61A4E" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="26D345D2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E42B33" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="122A606F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="49403EEA" w14:textId="77777777" w:rsidR="00AF23C3" w:rsidRDefault="00AF23C3" w:rsidP="0031619F">
-            <w:pPr>
+          <w:p w14:paraId="008E250C" w14:textId="2FE94849" w:rsidR="00905C8A" w:rsidRDefault="00905C8A" w:rsidP="00A91A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...42 lines deleted...]
-                <w:bCs/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уақытша бос лауазымды ағылшын тілі мұғалімі орыс тілді сыныптарға</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C375E16" w14:textId="167AEBAB" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="0031619F" w:rsidP="0031619F">
-            <w:pPr>
+          <w:p w14:paraId="7EC23F50" w14:textId="7DBC47FB" w:rsidR="005B4175" w:rsidRDefault="008E7665" w:rsidP="00A91A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3874">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D03DAB7" w14:textId="77777777" w:rsidR="00A91A38" w:rsidRPr="00401EA2" w:rsidRDefault="00342872" w:rsidP="00A91A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...25 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3874">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17EAAC06" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00862842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C2A5F4E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006E3492" w14:paraId="41A22F3A" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D059779" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w14:paraId="50BBD7AF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A90A74B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="514E3B00" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="11744630" w14:textId="01E4A5B3" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
-[...191 lines deleted...]
-          <w:p w14:paraId="41F62D08" w14:textId="23B5D334" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="413A5474" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75C6BDBB" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="646995BC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="15E49A9E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00401EA2" w14:paraId="7A655B7E" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2096ED2F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w14:paraId="05FAAD6C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5915E03E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="7CDBCA8B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="37487EE5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="16F62D2F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="7338DEE5" w14:textId="70523EC1" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D30331F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="67CBF0DF" w14:textId="43033134" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арнайы орта білім (min): 88131</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D261E4E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00401EA2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 108836</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="4A3D31C6" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006E3492" w14:paraId="5FB75791" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0C5FAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="1D73E3B7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBFB6EF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="01F3AF89" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="44D9BA21" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA1DC41" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC64C84" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="688BA060" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="25725D90" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F946FE5" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2F7C2FA9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C95890C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="276B8578" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00401EA2" w14:paraId="63E52DBB" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28AB486E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="17A73716" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E067316" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="04F8FF91" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6879E5A3" w14:textId="1FA7A672" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00AF23C3" w:rsidP="006853B2">
-            <w:pPr>
+          <w:p w14:paraId="1077EDA9" w14:textId="3E0C5757" w:rsidR="005B4175" w:rsidRPr="00401EA2" w:rsidRDefault="00826CEF" w:rsidP="004757B6">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="004757B6" w:rsidRPr="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="004757B6" w:rsidRPr="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001E78BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D03A5">
-[...8 lines deleted...]
-              <w:t>23-31.01.2023</w:t>
+            <w:r w:rsidR="004757B6" w:rsidRPr="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004757B6" w:rsidRPr="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="004757B6" w:rsidRPr="004757B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.01.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="134EE8C4" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006E3492" w14:paraId="424A2060" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62EC0B9B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="6A1847C2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1486304C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="4085BBBD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AF7982A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="65800877" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD1B004" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365A9425" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF231AC" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25687258" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F77229" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...35 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E360B7" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CF6FE62" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="030233D0" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A89C3AD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="068A5230" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037FA195" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526686B1" w14:textId="77777777" w:rsidR="005B4175" w:rsidRPr="00401EA2" w:rsidRDefault="005B4175" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="00401EA2" w14:paraId="03C9FDDE" w14:textId="77777777" w:rsidTr="00D478D0">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C8E149" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00862842" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25778244" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00862842" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74CD2EE3" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E8C9F8A" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D172AE" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45297FA9" w14:textId="77777777" w:rsidR="000F1E6E" w:rsidRDefault="000F1E6E" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6413595F" w14:textId="77777777" w:rsidR="000F1E6E" w:rsidRDefault="000F1E6E" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55588FB1" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="418D4EA5" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="650EE582" w14:textId="77777777" w:rsidR="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="078796B4" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77AD2F22" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F630F3" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04C0AF06" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F073D5D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00401EA2" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A1260EB" w14:textId="41AFAE51" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+    <w:p w14:paraId="771CE278" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B8D252" w14:textId="7B594EE4" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+    <w:p w14:paraId="2A2917F8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05896109" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025C44E1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CB1E77" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135C93F3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00816C96" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A49E27" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035425F3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E407E58" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00816C96" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3BD01D" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60ABA05B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3333A943" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF13FE3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="452CCB6B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00401EA2" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6284AD8C" w14:textId="77777777" w:rsidR="001B3608" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос/уақытша </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3608">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1702C05C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9A3D7F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B361431" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B17A96" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B89DB7" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00401EA2" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10874B6D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31655530" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1781DBF2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDF8DA8" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4A4F74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD704DD" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E23F2B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2103"/>
+        <w:gridCol w:w="3215"/>
+        <w:gridCol w:w="1543"/>
+        <w:gridCol w:w="2942"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00401EA2" w14:paraId="58CA05E3" w14:textId="77777777" w:rsidTr="00DF4A7D">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="709E26E4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E46E399" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00965EA5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B98F60" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BE0888" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="355A004B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00401EA2" w14:paraId="1A54A973" w14:textId="77777777" w:rsidTr="00DF4A7D">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5950C658" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD5FD48" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E62686E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="304D236C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3CF551A2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A4977D0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8636BC" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00401EA2" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AEEB1C6" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7226CCD9" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558D8B74" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322BCD43" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556E614D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06979846" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B96BFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647038A6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403A288C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми атағы ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12326BE9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33629672" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68327438" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A17C41" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3828C9BE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD048E1" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4488A4D2" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4927F843" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00401EA2" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D6BF25E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513DB353" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47155350" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00401EA2" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182A0DF0" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5774"/>
+        <w:gridCol w:w="4147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="16C32D3D" w14:textId="77777777" w:rsidTr="00473864">
-[...1820 lines deleted...]
-      <w:tr w:rsidR="00473864" w14:paraId="3E7828FF" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00401EA2" w14:paraId="3B337261" w14:textId="77777777" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015B220A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w14:paraId="20657CEB" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20357CB4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w14:paraId="7075F6D8" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-            <w:hideMark/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E009392" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
+          <w:p w14:paraId="788BB480" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3EFDB92B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22989268" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="26B5794E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523555A7" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1AFB7CDB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6323D882" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3CF19707" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7135E231" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...58 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22C9A391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="3FB7C164" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772A4DB5" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="0782DE1E" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00401EA2" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2BB33DA6" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+    <w:p w14:paraId="428FCEA2" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00401EA2" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C94BEDA" w14:textId="2CF41AC2" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
-[...26 lines deleted...]
-    <w:p w14:paraId="4FE8E3FE" w14:textId="1650D37D" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="21F6FD5D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00610B31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10428" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w14:paraId="2AE66E9C" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="2346273C" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="347F62E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="1B628A77" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1602641B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2E66BB1E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C72304" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3625371B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16974E09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="4CBFCC0B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4599733B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w14:paraId="7503958A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="006F7468">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="258CBD48" w14:textId="77777777" w:rsidR="00854F32" w:rsidRPr="00401EA2" w:rsidRDefault="0053507A" w:rsidP="0053507A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F32" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="69124443" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006E3492" w14:paraId="61A3C595" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="652E17C8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="555BE57D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34534DF1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...18 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="417FCB32" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE1DACF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...14 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+          <w:p w14:paraId="5EA30E63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4594233F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...93 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+          <w:p w14:paraId="306BC1E9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30FAC83C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FE06F4E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="001ABE15" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68964CEE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1CFAEEB1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="3868F6A0" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="45BC185F" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD1BD91" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="62DFBFB7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15624DDA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...37 lines deleted...]
-              <w:t>академическая степень</w:t>
+          <w:p w14:paraId="3CCAC079" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77516681" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...14 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+          <w:p w14:paraId="4946B880" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D6598E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...76 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="3920D879" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1D68DB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4C7DAA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447DB002" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520C2EB7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="24D620FC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="2553D15A" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006E3492" w14:paraId="65C77A41" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCA314B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="5BFFD086" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FEF809D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D1C391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...18 lines deleted...]
-              <w:t>Национальное квалификационное тестирование</w:t>
+          <w:p w14:paraId="2226025F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4869CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="2735A964" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="570F5B99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="50B0219E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...429 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10067E65" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642BB3EB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BA2264B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A408FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF930DE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BD48A84" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33D2C9F0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3899C9D0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EE0114B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75045730" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4291D0D6" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...531 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F057A15" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...497 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...485 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="14"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40295763" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D0A5034" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB38932" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A326BF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F123039" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D0D572" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01994EFC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7177C17B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A4684C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E604CF7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F755993" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03FA3EF0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="324D2B45" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5581C4BD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E657C38" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465B7052" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF0DCEB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F58091F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F62DDB9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE0FEF7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58A20DD7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF9CF37" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="198F5038" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A0522A7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="220F1DE3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38FA504D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75E774B5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B7542AF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C8C0206" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523680D6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF977DF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70786F97" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575DDBEE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CB1ED7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="796AEEBA" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1655407F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64978EF2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5F980367" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="3FF2D6DA" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="485A4D52" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9331B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="30AA08C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E68F38" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="061F62C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілігі/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F7468" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C90517" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7D1C633F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599C4D25" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...136 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="45185F9F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53193ACA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F14408" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07CBA8EC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1C1A30" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70255C9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645E96D9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7939F82D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1BCDFC71" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="48FC376D" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="13B57BFE" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62293073" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="4B552D90" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6134A203" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...17 lines deleted...]
-              <w:t>Стаж педагогической деятельности</w:t>
+          <w:p w14:paraId="1DC1C0EF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B383F0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...40 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="2D135F93" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D7E07D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...108 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+          <w:p w14:paraId="5B466092" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35F39688" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE2C2E9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025C46E1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F99591B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2917DE3C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="05D02F4B" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="39F259D1" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE7298A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="346281BC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55315DE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+          <w:p w14:paraId="4217E78F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61EC981F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...40 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="2A1B1FC2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C94CD5B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...93 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6D9E21E7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66877F3F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7729761D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C431D85" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0CA53BC3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="116A9C30" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="036C7649" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB2F7A9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="216C86B0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D3D6B3" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+          <w:p w14:paraId="5B77C6A8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E075BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...14 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="1D0D0821" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75116591" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...36 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+          <w:p w14:paraId="17FD9F73" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DAC0DC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өте жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E25C012" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38402F7D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="294627AA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="4BE80F39" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="2ACD5CE8" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41F6A5BE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="7302739B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E414EBA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...38 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+          <w:p w14:paraId="4019FE24" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A761435" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...23 lines deleted...]
-              <w:t>исьмо</w:t>
+          <w:p w14:paraId="4037763B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF1F88A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...108 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+          <w:p w14:paraId="2ABF9664" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12F955D2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025E0474" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBFFA09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6BDD7B3A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="490B71FF" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="459861BA" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209CE363" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="2371EC00" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCC1319" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...18 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="64778CEC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59058085" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...68 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="59661A2A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D06B4B2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454ED8AC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791F9CD4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...116 lines deleted...]
-              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+          <w:p w14:paraId="7CDB0750" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B4772E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4D07F0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75364F23" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F86E076" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="345DD454" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстанның еңбек сіңірген ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F1F9DD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0EA75C9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="0203BE6A" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006E3492" w14:paraId="2F835954" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57210DE4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="01E9F7FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1EBDE5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...18 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="07DB491B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7867BA67" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="02903A07" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E66F4CF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+          <w:p w14:paraId="720EBEE6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABE807C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3953F388" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00415A88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D87E909" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="64B2841E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="2B91ACF7" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="48760725" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AC8833" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="5D06AA9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F2065D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...18 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="63CBD3E6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64EAF599" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...32 lines deleted...]
-              <w:t>- реализация полиязычия</w:t>
+          <w:p w14:paraId="1D8D055C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461355FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A14EE73" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...180 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+          <w:p w14:paraId="6ED6B442" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCE30A7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2D4711" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260C2D32" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2E9EB9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="638BE497" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B934383" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="08CD5657" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="44C1B49D" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00401EA2" w14:paraId="388BA7E1" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA5584D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="72FCF17A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="783929E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...28 lines deleted...]
-              <w:t>урсовая подготовка</w:t>
+          <w:p w14:paraId="6CC8C9C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4409A25E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+          <w:p w14:paraId="6DF0FBCE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F8F011" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791E9B1B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26316055" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F496ABB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python-да бағдарламалау негіздері</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft-пен жұмыс істеуді оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдарламалары бойынша оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="431A18B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4E905735" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курстары</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126E6CD7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29372CE2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="31522CC1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="7C25BFC5" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="00610B31" w:rsidRPr="00401EA2" w14:paraId="1B520E7E" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="563AD50F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="60B42C51" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0C7B1D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7B15077F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDBD922" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="70CD9ECD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00401EA2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F3AE146" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="3602C088" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00401EA2" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B9A1101" w14:textId="02C5629A" w:rsidR="00C301E5" w:rsidRDefault="00F011C3" w:rsidP="00352A81">
+    <w:p w14:paraId="22A0E332" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...236 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidSect="001C307C">
+    <w:p w14:paraId="1138BB13" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00401EA2" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01A263F5"/>
+    <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="72FCA9A6"/>
-    <w:lvl w:ilvl="0" w:tplc="35B4914C">
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...178 lines deleted...]
-      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -10938,278 +9938,1287 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4EC7719F"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6B2FDE0"/>
-    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1148715994">
-    <w:abstractNumId w:val="3"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1525972173">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1411544304">
+  <w:num w:numId="2" w16cid:durableId="734351921">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1920555644">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="213931531">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1920628968">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="857693781">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="6" w16cid:durableId="786241491">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D15008"/>
-[...69 lines deleted...]
-    <w:rsid w:val="00FD359E"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F1E6E"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A4C8A"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B3608"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E78BB"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00342872"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00401EA2"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00460212"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="004757B6"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D57FE"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4175"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3492"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00772D60"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00816C96"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00826CEF"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00862842"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00905C8A"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3874"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A91A38"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE599C"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1647C"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79FD4E9F"/>
-  <w15:docId w15:val="{941E82A2-4337-4124-B63E-725FE245AF11}"/>
+  <w14:docId w14:val="2DD7CABE"/>
+  <w15:docId w15:val="{E221D230-83C8-4DE0-96D8-E606A5E009C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11555,427 +11564,244 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F96C74"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D15008"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C301E5"/>
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="FollowedHyperlink"/>
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-[...26 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="177474224">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="788625376">
+    <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="808205688">
-[...142 lines deleted...]
-    <w:div w:id="2135056280">
+    <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goo.edu.kz/loader/fromorg/23/5374" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12009,86 +11835,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12224,82 +12048,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60D2683C-5DB0-4D9A-8087-A1028BCAF60E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB14A5E6-851B-424E-9EDF-9061C2A40C44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>10745</Characters>
+  <Pages>5</Pages>
+  <Words>1671</Words>
+  <Characters>9528</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12604</CharactersWithSpaces>
+  <CharactersWithSpaces>11177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Uchitel</dc:creator>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>