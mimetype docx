--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,3676 +1,2539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="63614861" w14:textId="2E4296FB" w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="657D32FE" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00AE59FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2857 lines deleted...]
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B599A3" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
-[...47 lines deleted...]
-    <w:p w14:paraId="7A2D38E5" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="0F1A38E8" w14:textId="77C38CFC" w:rsidR="00A40329" w:rsidRDefault="00DA04BE" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2777A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="33EC9790" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="7C05CEB4" w14:textId="24D3FA0C" w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2777A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732C6DDB" w14:textId="2DB5D600" w:rsidR="00622460" w:rsidRDefault="00622460" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(временно,  на период отпуска основного работника по уходу за ребенком до </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>года)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75B64C34" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="05D7D8F6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="004F2A50" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D965389" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="75941AFD" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AB1BBA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7353778C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="641E32EA" w14:textId="732FE536" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммуна</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">льное государственное казенное предприятие «Ясли-сад № </w:t>
+            </w:r>
+            <w:r w:rsidR="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="31C19F1E" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDC4FE6" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F20B4A" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA7DC77" w14:textId="6E78640F" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айманов көшесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="25F87431" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C020C3A" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259BEE1B" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0A3DF9" w14:textId="6D1A0004" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="16E536BD" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="478E4382" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C0A58C" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="749BC519" w14:textId="4C2E76B2" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu.goo.kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="4CD7B89D" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="72719E70" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD82E38" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F71D3CF" w14:textId="39A81743" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00DA04BE" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитатель </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,25 ставки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="7E107C3D" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD2482A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402720AA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381CF672" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A274157" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- осуществляет педагогический процесс в соответствии с требованиями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F027CD9" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственного общеобязательный стандарта образования, расписанием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7C6D4A" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организованной учебной деятельности согласно типовому учебному плану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2979B5A2" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дошкольного воспитания и обучения возрастной группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D39C42B" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организует и проводит режимные моменты (утренний прием, утренняя гимнастика,прием пищи в течении дня, руководит детской деятельностью (игровая, творческая,познавательная, двигательная, изобразительная, трудовая, экспериментальная,самостоятельная и иное), прогулки, дневной сон, индивидуальную работу,оздоровительные мероприятия, создает предметно-развивающую среду);осуществляет личностно-ориентированный подход в работе с детьми;оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательный процесс на основе изучения типовой учебной программы дошкольного воспитания и обучения, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы;проектирует воспитательно-образовательную деятельность на основе анализадостигнутых результатов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2787ED" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-осуществляет консультационную помощь родителям по вопросам воспитания и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439674ED" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="007F5406">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучения детей дошкольного возраста.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="29CB5BAF" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="597B2FB0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E152C5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1031359F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AE2D75F" w14:textId="4577E77A" w:rsidR="00A40329" w:rsidRPr="00986C5C" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее сп</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00986C5C" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>141376,92</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B6D43B4" w14:textId="17D2C5A8" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00986C5C" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>149893,59</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="16E31964" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="798915D2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1723E9" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C9569E" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040CD55A" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское или техническое и профессиональное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B618B06" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическое образование или высшее и (или) послевузовское и (или) техническое и профессиональное педагогическое образование по направлению "Дошкольное воспитание и обучение" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора и педагога-эксперта не</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681F6142" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет; и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="0D8468E1" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2151C0D6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585F8B5C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64723C69" w14:textId="3CADF684" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00155384" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="27F0B4FF" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB84653" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="576E95AC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4870D82D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C221762" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E7C6B2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00BE6812" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AB2001" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F7994F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C153F7" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ABEE7F2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D5181E" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720AEB45" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="0E39333E" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585C6916" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3851A6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A13348" w14:textId="2B7D28C5" w:rsidR="00A40329" w:rsidRPr="00B2777A" w:rsidRDefault="00622460" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">временно, на период отпуска по уходу за ребенком основного работника, до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="436F7C15" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B0F974C" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
-[...606 lines deleted...]
-    <w:sectPr w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4420,50 +3283,51 @@
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155384"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
@@ -4596,51 +3460,50 @@
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B4A7F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005500C1"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
@@ -4766,51 +3629,50 @@
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00986C5C"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
-    <w:rsid w:val="009A0925"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
@@ -4819,50 +3681,51 @@
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE59FC"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B2777A"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
@@ -5934,66 +4797,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA43876-6ABB-404A-A386-F6D8BDF2C704}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>607</Words>
-  <Characters>3460</Characters>
+  <Words>705</Words>
+  <Characters>4025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4059</CharactersWithSpaces>
+  <CharactersWithSpaces>4721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>