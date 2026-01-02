--- v0 (2025-12-12)
+++ v1 (2026-01-02)
@@ -1,5394 +1,2470 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6807F26C" w14:textId="5B8C9B3A" w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="5189FBA1" w14:textId="3D736EF4" w:rsidR="007F5406" w:rsidRDefault="007F5406" w:rsidP="001A1BDB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4864 lines deleted...]
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A35CBAC" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
-[...44 lines deleted...]
-    <w:p w14:paraId="0DDF746E" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="358736AA" w14:textId="4C7675C2" w:rsidR="00A40329" w:rsidRDefault="00DA04BE" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="00157B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5082656B" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="1F48F62B" w14:textId="27C83D83" w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00456AFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>хор</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21FB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00456AFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>ограф</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68FC5340" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+    <w:p w14:paraId="4D18A45D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="004F2A50" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3312B324" w14:textId="77777777" w:rsidR="007F5406" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="34ABECF1" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="45666E55" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A397F6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70096D1D" w14:textId="1E5870F2" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммуна</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">льное государственное казенное предприятие «Ясли-сад № </w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="782E2D95" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42ADB9AF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB94A24" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685DF934" w14:textId="49CAB118" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область, город </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш.Айманова</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="31F6E80B" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E97AA56" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6E6CCD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1650B9DC" w14:textId="3473C0F6" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00DA04BE" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>64-15-52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00157B23" w:rsidRPr="007F5406" w14:paraId="33005B9C" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6830AD88" w14:textId="77777777" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00157B23" w:rsidP="00157B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7E3BCF" w14:textId="77777777" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00157B23" w:rsidP="00157B23">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC94246" w14:textId="0EF5ACAB" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00157B23" w:rsidP="00157B23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu.goo.kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00157B23" w:rsidRPr="007F5406" w14:paraId="3A1D83F4" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC743E5" w14:textId="77777777" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00157B23" w:rsidP="00157B23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8461F7" w14:textId="77777777" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00157B23" w:rsidP="00157B23">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13AEF5EF" w14:textId="03C32B41" w:rsidR="00157B23" w:rsidRPr="007F5406" w:rsidRDefault="00456AFC" w:rsidP="00157B23">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хор</w:t>
+            </w:r>
+            <w:r w:rsidR="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ео</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>граф</w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00157B23" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="18AA8AA9" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="195BEEFA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EB9D4C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE8D895" w14:textId="218658A8" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>существляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC985BF" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1CE45F" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5872179B" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C008255" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A94B55F" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FEC3B9" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A74B40" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FEB52F" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0379AB3D" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAAEA7F" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F2F1D6" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13348792" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6141A3EF" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3AF4FF" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D5A711" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8F2C7D" w14:textId="2A4C1BBF" w:rsidR="00A40329" w:rsidRPr="00456AFC" w:rsidRDefault="00A40329" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="519D29E7" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6196214D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578871BF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00A21FB7" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28808002" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00A21FB7" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BB9B79" w14:textId="70859C95" w:rsidR="00A40329" w:rsidRPr="00A21FB7" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее сп</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00127B34" w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13101,52</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C486D7E" w14:textId="286E3A88" w:rsidR="00A40329" w:rsidRPr="00A21FB7" w:rsidRDefault="007F5406" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19914,87</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="00A21FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="6B8D8B1D" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155D666D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2F1F77" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D6F718" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Типовыми квалификационными </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529DF19C" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104AC1D2" w14:textId="77777777" w:rsidR="00456AFC" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00456AFC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E4D0389" w14:textId="61D66892" w:rsidR="00A40329" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00456AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>не менее 4 лет для педагога-исследователя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="35E9607F" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301ECA8D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284D562C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF8C62" w14:textId="2FDDEF07" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00C04BEF" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19.01-30.01.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="303389D2" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5527BA42" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702152CF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4972D16D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D910BF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26645A89" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F209DD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A716A28" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C025892" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="010CC34B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61ACB73C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39FE7255" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7174FDA5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A40329" w:rsidRPr="007F5406" w14:paraId="73305862" w14:textId="77777777" w:rsidTr="00A40329">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443AFFE6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="267806C1" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="007F5406" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A7D8AD" w14:textId="365C40AD" w:rsidR="00A40329" w:rsidRPr="00456AFC" w:rsidRDefault="00456AFC" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="20BBAB41" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F6F2D57" w14:textId="77777777" w:rsidR="007F5406" w:rsidRDefault="007F5406" w:rsidP="00A40329">
-[...282 lines deleted...]
-    <w:sectPr w:rsidR="007F5406" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6146,57 +3222,57 @@
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00127B34"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="00157B23"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
-    <w:rsid w:val="0017728C"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A1BDB"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
@@ -6291,51 +3367,50 @@
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456AFC"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
-    <w:rsid w:val="00473F03"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B4A7F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
@@ -6586,50 +3661,51 @@
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C04BEF"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
@@ -7654,66 +4730,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA43876-6ABB-404A-A386-F6D8BDF2C704}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>711</Words>
-  <Characters>4056</Characters>
+  <Words>718</Words>
+  <Characters>4096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4758</CharactersWithSpaces>
+  <CharactersWithSpaces>4805</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>