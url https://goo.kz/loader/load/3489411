--- v0 (2025-12-14)
+++ v1 (2025-12-26)
@@ -1,2929 +1,3095 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="00DEB426" w14:textId="1035C510" w:rsidR="009E3975" w:rsidRDefault="009E3975" w:rsidP="00111B98">
+    <w:p w14:paraId="11E8AEF8" w14:textId="64DC15C6" w:rsidR="00C501BE" w:rsidRPr="00C501BE" w:rsidRDefault="00C501BE" w:rsidP="00C501BE">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="133AEDA8" w14:textId="77777777" w:rsidR="00E85A7A" w:rsidRDefault="00E85A7A" w:rsidP="00B865F8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="6946"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79D59E99" w14:textId="77777777" w:rsidR="007929BB" w:rsidRPr="00111B98" w:rsidRDefault="007929BB" w:rsidP="00111B98">
+    <w:p w14:paraId="7B067AAC" w14:textId="77777777" w:rsidR="00E85A7A" w:rsidRDefault="00E85A7A" w:rsidP="00B865F8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="6946"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>План мероприятий по п</w:t>
+      </w:r>
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одготовк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0DD73C14" w14:textId="77777777" w:rsidR="00111B98" w:rsidRPr="003E4359" w:rsidRDefault="00111B98" w:rsidP="00111B98">
+    <w:p w14:paraId="708897CB" w14:textId="0831D6B4" w:rsidR="00C501BE" w:rsidRDefault="00B865F8" w:rsidP="00B865F8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>План мероприятий</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к итоговой аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15287B99" w14:textId="15B95437" w:rsidR="00111B98" w:rsidRPr="003E4359" w:rsidRDefault="00111B98" w:rsidP="00111B98">
+    <w:p w14:paraId="632822D5" w14:textId="44936024" w:rsidR="00B865F8" w:rsidRPr="00C501BE" w:rsidRDefault="00A80FD6" w:rsidP="00B865F8">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidR="00AB2BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>по  подготовке</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  к международным исследованиям </w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidR="00AB2BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уч.год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CD33D3" w14:textId="77777777" w:rsidR="00B865F8" w:rsidRPr="00F95022" w:rsidRDefault="00B865F8" w:rsidP="00B865F8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B865F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>PI</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidRPr="00F95022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создание системы работы по подготовке  учащихся к государственной итоговой аттестации: оптимальных условий для качественной подготовки; организационно-методической системы; системы психолого-педагогической поддержки детей в период подготовки и проведения экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C49F573" w14:textId="77777777" w:rsidR="00B865F8" w:rsidRPr="00C501BE" w:rsidRDefault="00B865F8" w:rsidP="00B865F8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9210"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003E4359">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve">Задачи:   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0666F6A6" w14:textId="1BF525B6" w:rsidR="00111B98" w:rsidRDefault="00111B98" w:rsidP="003E4359">
+    <w:p w14:paraId="3C5A27C7" w14:textId="15648C24" w:rsidR="00B865F8" w:rsidRPr="00C501BE" w:rsidRDefault="00C501BE" w:rsidP="00C501BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E4359">
+      <w:r w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>на 202</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="009E3975" w:rsidRPr="003E4359">
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> учебный год</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечение нормативно-правовой подготовки обучающихся по процедуре проведения государственной (итоговой) аттестации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B48951" w14:textId="77777777" w:rsidR="003E4359" w:rsidRPr="003E4359" w:rsidRDefault="003E4359" w:rsidP="003E4359">
+    <w:p w14:paraId="69B4BF74" w14:textId="4D60FB72" w:rsidR="00B865F8" w:rsidRPr="00C501BE" w:rsidRDefault="00C501BE" w:rsidP="00C501BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формирование теоретических и практических компетенций обучающихся по общеобразовательным предметам, необходимых для сдачи экзаменов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5621ADE4" w14:textId="1C9B315D" w:rsidR="00B865F8" w:rsidRPr="00C501BE" w:rsidRDefault="00C501BE" w:rsidP="00C501BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организация диагностических процедур и мониторинговых исследований с целью определения степени готовности выпускников к аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6518DB1E" w14:textId="1A0C8FB5" w:rsidR="00B865F8" w:rsidRDefault="00C501BE" w:rsidP="00C501BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B865F8" w:rsidRPr="00C501BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>определение степени тревожности выпускников и организация занятий по снятию психологической напряженности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF1C507" w14:textId="4C20992D" w:rsidR="005421F5" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10485" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="560"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2570"/>
+        <w:gridCol w:w="1922"/>
+        <w:gridCol w:w="1931"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1598"/>
+        <w:gridCol w:w="1819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00111B98" w:rsidRPr="003E4359" w14:paraId="11CCD639" w14:textId="77777777" w:rsidTr="00C82EC1">
-[...84 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="004D5FA6" w14:paraId="7A849C51" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4FDF34" w14:textId="01315CD5" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разделы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F32ACF9" w14:textId="789B6D24" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Содержание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3622B98E" w14:textId="197D1283" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2570" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D35420B" w14:textId="50B9AE6B" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F338873" w14:textId="442AD916" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67065F58" w14:textId="4081AFFF" w:rsidR="005421F5" w:rsidRPr="00085F01" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00085F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00111B98" w:rsidRPr="003E4359" w14:paraId="7F99D3A8" w14:textId="77777777" w:rsidTr="00C82EC1">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="56D6B173" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6DB81A" w14:textId="7B566DC9" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организационная работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="283C8DD8" w14:textId="364140A4" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Знакомство с нормативно-правовыми документами по организации и проведению итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3568764A" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C29456" w14:textId="77777777" w:rsidR="00085F01" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361A6D7D" w14:textId="5030A662" w:rsidR="00F642BF" w:rsidRPr="004D5FA6" w:rsidRDefault="00F642BF" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE71BF8" w14:textId="756BE693" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кл.собрания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7328BE79" w14:textId="0ACDCDCD" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приказы МОН, УО,ГОО, приказы по школе, документы по учащимся для базы даных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B264DC5" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D202FCC" w14:textId="58DD80DD" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="298F9AAB" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="05626ADD" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAA4AD9" w14:textId="114EA18C" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание базы данных учителей, преподающих в 9,11-х классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0620E7" w14:textId="3CA6A1E0" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69290EFD" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6730EE47" w14:textId="766E1C6E" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3208FC" w14:textId="395140EB" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="5EC381B0" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="052D53E9" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F8D78E" w14:textId="70685D62" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание базы данных учащихся 9,11-х классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03722820" w14:textId="20200B5C" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D79F651" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEB5F16" w14:textId="1B55EEF2" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12ABAAC8" w14:textId="76B870C8" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="78F0011F" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D531E46" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BD1508" w14:textId="2F84BA06" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждение графика консультаций по подготовке к итоговой аттестации. Посещаемость учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7287826F" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DCB730" w14:textId="40F47095" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="666C79C3" w14:textId="1A5272DC" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>график</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A88190F" w14:textId="55CE71C6" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="023651E2" w14:textId="68F23A27" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарымбаева Ж.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="6CEB9243" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2A68010B" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FCDA6F" w14:textId="0199C3A2" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оформление стенда по подготовке к итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6954D38D" w14:textId="622852C8" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7644B28B" w14:textId="037AA2F4" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Содержание стенда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44827508" w14:textId="35769FF7" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы учащися</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD09B88" w14:textId="2D2DB84D" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарымбаева Ж.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="575F7F40" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2456F6B9" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3743DDB7" w14:textId="6934E64B" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовить документацию претендента на знак «Алтын белгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419D8C66" w14:textId="11764AA8" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль-Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="541FF381" w14:textId="7C21FFE2" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CD7C85" w14:textId="77777777" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2EE04C" w14:textId="139B1769" w:rsidR="00085F01" w:rsidRPr="004D5FA6" w:rsidRDefault="00085F01" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарымбаева Ж.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="1ED3CDFA" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="39556CDE" w14:textId="3E85F371" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическая служба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3E52FF" w14:textId="304AC865" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вести мониторинг результативности проводимой работы по подготовке к итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B02CC03" w14:textId="22ACC01D" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="355984F4" w14:textId="123D9780" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание,МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464E53D7" w14:textId="73C232BD" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Протоколы, мониторингы, анализ работы учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F338B8" w14:textId="77777777" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="5FEB7106" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6CC40B" w14:textId="77777777" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A9C106" w14:textId="4A3BDF84" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организовать подготовку учащихся в течение каникул, а также в период каникул, согласно утвержденному расписанию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="425ED3BA" w14:textId="6E92231F" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AED6A86" w14:textId="27B796D8" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Посещеие уроков, консультации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="111C7C5C" w14:textId="5ED8C0A4" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F0791E" w14:textId="77777777" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рук.МО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CDB9B8F" w14:textId="32A5D784" w:rsidR="00F95527" w:rsidRPr="004D5FA6" w:rsidRDefault="00F95527" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="790FD6E8" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EF70CE" w14:textId="0F0E15FC" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психологическая са</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C77F4D" w14:textId="3F31B9BE" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индивидуальные консультации по выбору профессиии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476B9F77" w14:textId="61DA479C" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D160B1" w14:textId="1FBAB089" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индивидуальная беседа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29770C37" w14:textId="220481B7" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="571C705F" w14:textId="64619327" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="34AE110C" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36F7DAE0" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D948F80" w14:textId="2A6E20A4" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Развитие нлужбавыков психорегуляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A46EE5" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27521052" w14:textId="42A0DD6F" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1248E612" w14:textId="0509F4EE" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные часы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AEF092" w14:textId="2126F27B" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тренинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E10288" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психологи,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F4FD512" w14:textId="0A559293" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="535F21D1" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4051C591" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1518EE" w14:textId="41523150" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация психологических тренингов с целью снятия напряжения, стрессового состояния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706A2059" w14:textId="34C8CBC9" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В теч.года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3267F7E2" w14:textId="2EEE2C3D" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тренинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="599D7530" w14:textId="068C1BDD" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Занятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A59559" w14:textId="1DBFFE79" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утеуова М.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="340C8D51" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A2554A" w14:textId="67D1CB12" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа с родителями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAEB76B" w14:textId="1D5E5ECB" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Составление рекомендаций для родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BF8546" w14:textId="5D078638" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56689C94" w14:textId="02D0DEEA" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные собрания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064BC4EB" w14:textId="0297992C" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Памятки, рекомендации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CE151C" w14:textId="467349DE" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация, кл. Руководители, психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="14580F1A" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0143E163" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242A3E33" w14:textId="7C90A94A" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ознакомление с результатами промежуточного тестирования для родителей 11-х классов, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нормативными документами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A0FCF4" w14:textId="4C64ED5B" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>После тестирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5214D420" w14:textId="65DB44E8" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приглашение на беседу по результатам тестирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041AA9A8" w14:textId="635F187C" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEB3B8B" w14:textId="3193F276" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00C501BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация, кл.руководитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w14:paraId="64E993E7" w14:textId="77777777" w:rsidTr="004D5FA6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="690D1083" w14:textId="77777777" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="353F6787" w14:textId="557E1BF7" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...2353 lines deleted...]
-              <w:t>Учителя-предметники</w:t>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение родительских собраний с освещением вопросов подготовки к итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="967" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C737C22" w14:textId="5DB7211C" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556E193D" w14:textId="207A968F" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беседа с родителями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCB20C8" w14:textId="4D9CCEC9" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB5A0E0" w14:textId="67727BF7" w:rsidR="004D5FA6" w:rsidRPr="004D5FA6" w:rsidRDefault="004D5FA6" w:rsidP="00A231ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация, кл.руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F67BCF6" w14:textId="77777777" w:rsidR="00111B98" w:rsidRPr="00111B98" w:rsidRDefault="00111B98" w:rsidP="00111B98">
+    <w:p w14:paraId="19A1221A" w14:textId="77777777" w:rsidR="005421F5" w:rsidRPr="004D5FA6" w:rsidRDefault="005421F5" w:rsidP="00C501BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20588BC3" w14:textId="77777777" w:rsidR="00111B98" w:rsidRDefault="00111B98" w:rsidP="00111B98">
+    <w:p w14:paraId="33CB4FE5" w14:textId="429D1D08" w:rsidR="002C2124" w:rsidRDefault="002C2124"/>
+    <w:p w14:paraId="206FA230" w14:textId="75ADBC96" w:rsidR="00E85A7A" w:rsidRDefault="00E85A7A"/>
+    <w:p w14:paraId="2528CCB1" w14:textId="139F5C1C" w:rsidR="00E85A7A" w:rsidRPr="00E85A7A" w:rsidRDefault="00E85A7A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Исп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарымбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж.Ж  87774162627</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4FADB145" w14:textId="77777777" w:rsidR="00966E97" w:rsidRDefault="00966E97"/>
-    <w:sectPr w:rsidR="00966E97" w:rsidSect="00111B98">
+    <w:sectPr w:rsidR="00E85A7A" w:rsidRPr="00E85A7A" w:rsidSect="004D5FA6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AF90EB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2C09F08"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="453182924">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00753F6C"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F434F9"/>
+    <w:rsidRoot w:val="00C431B9"/>
+    <w:rsid w:val="00085F01"/>
+    <w:rsid w:val="002C2124"/>
+    <w:rsid w:val="004D5FA6"/>
+    <w:rsid w:val="005421F5"/>
+    <w:rsid w:val="00547C01"/>
+    <w:rsid w:val="00A231ED"/>
+    <w:rsid w:val="00A80FD6"/>
+    <w:rsid w:val="00A94D65"/>
+    <w:rsid w:val="00AB2BE7"/>
+    <w:rsid w:val="00AB75FD"/>
+    <w:rsid w:val="00B865F8"/>
+    <w:rsid w:val="00C431B9"/>
+    <w:rsid w:val="00C501BE"/>
+    <w:rsid w:val="00C5433E"/>
+    <w:rsid w:val="00E85A7A"/>
+    <w:rsid w:val="00F642BF"/>
+    <w:rsid w:val="00F95022"/>
+    <w:rsid w:val="00F95527"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="223F60BC"/>
+  <w14:docId w14:val="3C4B3BD4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{379AD3E6-C4BD-4037-9A25-E862FD6EF61A}"/>
+  <w15:docId w15:val="{DE234CB7-6FD2-4ABD-A9C4-9D1098833FB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3298,93 +3464,105 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00111B98"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C501BE"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005421F5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1404908342">
+    <w:div w:id="1189560306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3643,70 +3821,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>362</Words>
-  <Characters>2065</Characters>
+  <Words>449</Words>
+  <Characters>2562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2423</CharactersWithSpaces>
+  <CharactersWithSpaces>3005</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>U</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>