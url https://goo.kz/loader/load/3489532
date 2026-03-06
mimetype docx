--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="204079EB" w14:textId="7DB80A3C" w:rsidR="00566F19" w:rsidRDefault="00AB710B">
+    <w:p w14:paraId="204079EB" w14:textId="400580D7" w:rsidR="00566F19" w:rsidRDefault="00AB710B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4244019D" wp14:editId="2F555BBD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6244347A" wp14:editId="739C8310">
             <wp:extent cx="6661150" cy="9163685"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
-            <wp:docPr id="5" name="Рисунок 5"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="Рисунок 5"/>
+                    <pic:cNvPr id="6" name="Рисунок 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6661150" cy="9163685"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -92,68 +92,68 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="30"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E4674E"/>
     <w:rsid w:val="003719BE"/>
     <w:rsid w:val="00566F19"/>
-    <w:rsid w:val="007309A2"/>
-    <w:rsid w:val="00A14715"/>
+    <w:rsid w:val="009A5936"/>
+    <w:rsid w:val="00A86E77"/>
     <w:rsid w:val="00AB710B"/>
     <w:rsid w:val="00DA6437"/>
     <w:rsid w:val="00E4674E"/>
     <w:rsid w:val="00EB42DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -581,51 +581,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>