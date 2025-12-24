--- v0 (2025-12-08)
+++ v1 (2025-12-24)
@@ -1,311 +1,252 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="318DCFEA" w14:textId="588060D8" w:rsidR="00B6662A" w:rsidRDefault="00B6662A" w:rsidP="00B6662A">
-[...11 lines deleted...]
-    <w:p w14:paraId="6E424BBB" w14:textId="77777777" w:rsidR="00590721" w:rsidRPr="00D95B5B" w:rsidRDefault="00590721" w:rsidP="00590721">
+    <w:p w14:paraId="6D6A8872" w14:textId="2F15A3C3" w:rsidR="005E5703" w:rsidRPr="005E5703" w:rsidRDefault="005E5703" w:rsidP="005E5703">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D95B5B">
+      <w:r w:rsidRPr="005E5703">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БЕКІТЕМІН</w:t>
+        <w:t xml:space="preserve">УТВЕРЖДАЮ                                                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0060328F" w14:textId="77777777" w:rsidR="00590721" w:rsidRPr="00D95B5B" w:rsidRDefault="00590721" w:rsidP="00590721">
+    <w:p w14:paraId="2B01711B" w14:textId="5D289147" w:rsidR="005E5703" w:rsidRPr="005E5703" w:rsidRDefault="005E5703" w:rsidP="005E5703">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D95B5B">
+      <w:r w:rsidRPr="005E5703">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласы </w:t>
+        <w:t xml:space="preserve">                                                                                       КГУ «СОШ №5 г. Павлодара» руководитель</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0580418A" w14:textId="77777777" w:rsidR="00590721" w:rsidRPr="00D95B5B" w:rsidRDefault="00590721" w:rsidP="00590721">
+    <w:p w14:paraId="715CDDAA" w14:textId="214D5175" w:rsidR="005E5703" w:rsidRPr="005E5703" w:rsidRDefault="005E5703" w:rsidP="005E5703">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D95B5B">
+      <w:r w:rsidRPr="005E5703">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 5 ЖОББМ» КММ басшысы                                                                                                                                             </w:t>
+        <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="005E5703">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5703">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">                                                          __________ А.А. Каукенов</w:t>
+        <w:t xml:space="preserve"> Каукенов А.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A43B342" w14:textId="77777777" w:rsidR="00590721" w:rsidRDefault="00590721" w:rsidP="00590721">
+    <w:p w14:paraId="12B0C031" w14:textId="2317FF92" w:rsidR="005E5703" w:rsidRPr="00550E7B" w:rsidRDefault="005E5703" w:rsidP="005E5703">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002873E0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C3DD35" w14:textId="77777777" w:rsidR="00590721" w:rsidRPr="00B6662A" w:rsidRDefault="00590721" w:rsidP="00B6662A">
-[...11 lines deleted...]
-    <w:p w14:paraId="7B066AD8" w14:textId="2A4D242B" w:rsidR="00053756" w:rsidRPr="00393F11" w:rsidRDefault="00053756" w:rsidP="00053756">
+    <w:p w14:paraId="0728F3F4" w14:textId="40B33D16" w:rsidR="00E32AB7" w:rsidRPr="009004FD" w:rsidRDefault="00E32AB7" w:rsidP="009004FD">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393F11">
+      <w:r w:rsidRPr="009004FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2024</w:t>
-[...39 lines deleted...]
-        <w:t>сынып оқушыларының қорытынды аттестаттауын ұйымдастыру және өткізу жөніндегі</w:t>
+        <w:t>План</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403DDBBA" w14:textId="56E8E6AD" w:rsidR="00053756" w:rsidRDefault="00053756" w:rsidP="00053756">
+    <w:p w14:paraId="49237E14" w14:textId="0582F070" w:rsidR="00E32AB7" w:rsidRPr="009004FD" w:rsidRDefault="00E32AB7" w:rsidP="009004FD">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393F11">
+      <w:r w:rsidRPr="009004FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">іс </w:t>
+        <w:t>мероприятий по подготовке к итоговой аттестации</w:t>
       </w:r>
-      <w:r w:rsidR="000E0650">
+    </w:p>
+    <w:p w14:paraId="109C1696" w14:textId="4F1B3C01" w:rsidR="005E5703" w:rsidRDefault="00E32AB7" w:rsidP="005E5703">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00393F11">
+      </w:pPr>
+      <w:r w:rsidRPr="009004FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>шаралар жоспары</w:t>
+        <w:t>на 2024-2025 учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E64BE7D" w14:textId="77777777" w:rsidR="009004FD" w:rsidRPr="009004FD" w:rsidRDefault="009004FD" w:rsidP="009004FD">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ad"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -323,1722 +264,1411 @@
           <w:p w14:paraId="5C69DFFA" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64C271EE" w14:textId="78574C02" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="002A6151">
+          <w:p w14:paraId="64C271EE" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Іс – шараның атауы </w:t>
+              <w:t>Наименование мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678B01E2" w14:textId="7ED81DC8" w:rsidR="000C2E23" w:rsidRPr="00F61CD8" w:rsidRDefault="00F61CD8" w:rsidP="002A6151">
+          <w:p w14:paraId="678B01E2" w14:textId="349B3E4C" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Орындау мерзімі</w:t>
+            <w:r w:rsidRPr="009004FD">
+              <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="129997D2" w14:textId="194BAD8B" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="002A6151">
+          <w:p w14:paraId="129997D2" w14:textId="07B8ED34" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C2E23" w:rsidRPr="009004FD" w14:paraId="0DFE83BF" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4233A008" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518F3656" w14:textId="52195B2A" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="002A6151">
-[...11 lines deleted...]
-              <w:t>Қорытынды аттестаттауды өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу</w:t>
+          <w:p w14:paraId="518F3656" w14:textId="29867AA9" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение информационно-разъяснительной работы по вопросам проведения итоговой аттестации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B21EEF1" w14:textId="13DEA55B" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="002A6151">
+          <w:p w14:paraId="1B21EEF1" w14:textId="3E618434" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC2B6D">
-[...3 lines deleted...]
-              <w:t>жыл бойы</w:t>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB90BD2" w14:textId="61DAB15D" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="002A6151">
-[...12 lines deleted...]
-              <w:t>БОЖО</w:t>
+          <w:p w14:paraId="6FB90BD2" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗРУР </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53FDA3D8" w14:textId="1A0AC1F1" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C2E23" w:rsidRPr="009004FD" w14:paraId="076F813A" w14:textId="77777777" w:rsidTr="009004FD">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7810FADF" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75231A" w14:textId="771FA589" w:rsidR="000C2E23" w:rsidRPr="00FB0385" w:rsidRDefault="00FB0385" w:rsidP="002A6151">
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="6E885AE5" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>работы по проведению итоговой аттестации, а также по подготовке обучающихся к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E75231A" w14:textId="34F82E2B" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B6575F" w14:textId="5AAA7E20" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="002A6151">
-[...11 lines deleted...]
-              <w:t>жыл бойы</w:t>
+          <w:p w14:paraId="28B6575F" w14:textId="5A95A88A" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D185F2C" w14:textId="7B07C025" w:rsidR="00BC2B6D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...44 lines deleted...]
-              <w:t>жетекшілер</w:t>
+          <w:p w14:paraId="36AD998D" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗРУР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A5D5D9" w14:textId="1CDB6051" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C2E23" w:rsidRPr="009004FD" w14:paraId="4E4BF4A2" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BBD4451" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06F2C4C0" w14:textId="1A62DD67" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="00EB165C" w:rsidP="00FB0385">
+          <w:p w14:paraId="06F2C4C0" w14:textId="51F68F10" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Формирование списка выпускников -претендентов на аттестат с отличием и аттестат об общем среднем образовании «Алтын белгі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CC52B7" w14:textId="02A0A952" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="009004FD">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 февраля 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A6EC43" w14:textId="77777777" w:rsidR="000C2E23" w:rsidRPr="009004FD" w:rsidRDefault="000C2E23" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗРУР </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E088AE8" w14:textId="1EE82B96" w:rsidR="000C2E23" w:rsidRDefault="004D470D" w:rsidP="002A6151">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ү</w:t>
-[...178 lines deleted...]
-              </w:rPr>
               <w:t>Естаева С.Р.</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0C807AD7" w14:textId="4FD99AA2" w:rsidR="004D470D" w:rsidRPr="009004FD" w:rsidRDefault="004D470D" w:rsidP="002A6151">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="6F355066" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FE37CD1" w14:textId="4A07CF25" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25381F57" w14:textId="5FCEF832" w:rsidR="00AD287D" w:rsidRPr="00FB0385" w:rsidRDefault="00FB0385" w:rsidP="00AD287D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="25381F57" w14:textId="6F1CFC3A" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание комиссии по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">итоговой аттестации обучающихся </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75171608" w14:textId="29F03E4B" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00E36D48" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t>2025 жылғы 1 ақпанға дейін</w:t>
+          <w:p w14:paraId="75171608" w14:textId="14039A60" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 февраля 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5193FD55" w14:textId="77777777" w:rsidR="00BC2B6D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...15 lines deleted...]
-          <w:p w14:paraId="0BD91DE4" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+          <w:p w14:paraId="42D4672A" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗРУР </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C43729" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Токтарова С.Н.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11B53169" w14:textId="444B76F5" w:rsidR="00EC015D" w:rsidRPr="009004FD" w:rsidRDefault="00EC015D" w:rsidP="00AD287D">
+          <w:p w14:paraId="11B53169" w14:textId="2017487B" w:rsidR="00D23DD0" w:rsidRPr="009004FD" w:rsidRDefault="00D23DD0" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="72AEFC9F" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43DFB03D" w14:textId="28A2AA44" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7778DA71" w14:textId="0ABA5C9A" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00FB0385" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>11 сынып түлектерінің білім сапасына, қорытынды аттестаттауға дайындық жағдайына мониторинг жүргізу</w:t>
+          <w:p w14:paraId="7778DA71" w14:textId="6B08E1B3" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение мониторинга качества знаний выпускников 11 классов, состояния подготовки к итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7261096C" w14:textId="70207117" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00E36D48" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">2025 жылғы ақпан – наурыз </w:t>
+          <w:p w14:paraId="7261096C" w14:textId="5AADDC12" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Февраль -март 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB3757D" w14:textId="72ADB3CD" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...19 lines deleted...]
-              <w:t>Токтарова С.Н., Естаева С.Р., Маней Р.</w:t>
+          <w:p w14:paraId="0FB3757D" w14:textId="4D246DD3" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗРУР Токтарова С.Н., Естаева С.Р., Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="18F0B577" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D492B68" w14:textId="036AB4CB" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B131DAE" w14:textId="7AA1E4C9" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>ҰТО-ға таңдалған пәндер тізбесін көрсете отырып, қорытынды аттестаттауды тапсыратын 11-сынып оқушыларының тізімін қалыптастыру және жіберу</w:t>
+          <w:p w14:paraId="5B131DAE" w14:textId="7CC4F502" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Формирование и направление в НЦТ списков обучающихся 11 класса, сдающих итоговую аттестацию с указанием перечня выбранных предметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07668171" w14:textId="2A85978B" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00E36D48" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t>2025 жылғы 1 наурызға дейін</w:t>
+          <w:p w14:paraId="07668171" w14:textId="00941B43" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 марта 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D219557" w14:textId="77777777" w:rsidR="00BC2B6D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Маней Р.</w:t>
+          <w:p w14:paraId="02808EBE" w14:textId="240E01DE" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗРУР Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="1F58F8A2" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="743D9A5E" w14:textId="2FA68B2A" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5805F3" w14:textId="034A32AC" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>Қорытынды аттестаттаудан босатылған 11 сынып оқушыларының тізімін қалыптастыру</w:t>
+          <w:p w14:paraId="7A5805F3" w14:textId="347DAF9C" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование  списка обучающихся 11 классов, освобожденных от итоговой аттестации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE93A95" w14:textId="7C4F40EE" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00E36D48" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t>2025 жылғы 20 мамырға дейін</w:t>
+          <w:p w14:paraId="1DE93A95" w14:textId="43FB397A" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 20 мая 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7D1323" w14:textId="77777777" w:rsidR="00BC2B6D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Маней Р.</w:t>
+          <w:p w14:paraId="177930FC" w14:textId="584523F6" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗРУР Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="53F001CB" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62AE3541" w14:textId="2335A5AC" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098773BC" w14:textId="77777777" w:rsidR="00F61CD8" w:rsidRDefault="00F61CD8" w:rsidP="00F61CD8">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> қабылдау және сақтау </w:t>
+          <w:p w14:paraId="725C9A6C" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRPr="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD287D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием и хранение экзаменационных </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503DE2B8" w14:textId="659D17C5" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD287D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>материалов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD287D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00AD287D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="712F7A18" w14:textId="40E815AE" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t>Емтихандар басталғанға дейін</w:t>
+          <w:p w14:paraId="712F7A18" w14:textId="56A5C831" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD287D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До начала экзаменов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="456BCEF9" w14:textId="30FDE1A9" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD287D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Каукенов А.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="15D93C46" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70175FED" w14:textId="41E1F6BA" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC80188" w14:textId="65A921F5" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>11 сынып оқушыларын қорытынды аттестаттаудан өткізу.</w:t>
+          <w:p w14:paraId="4BC80188" w14:textId="0B6F9E51" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение  итоговой аттестации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучающихся 11 классов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAAA5FE" w14:textId="5DE54383" w:rsidR="00327E0E" w:rsidRDefault="00590721" w:rsidP="00AD287D">
-[...49 lines deleted...]
-              <w:t>де</w:t>
+          <w:p w14:paraId="52EF90C0" w14:textId="5A0056AC" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В сроки установленные МП РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A1519E" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+          <w:p w14:paraId="7256A4C0" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Каукенов А.А.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B91077E" w14:textId="49CF7199" w:rsidR="003D063A" w:rsidRPr="009004FD" w:rsidRDefault="003D063A" w:rsidP="00AD287D">
+          <w:p w14:paraId="4B91077E" w14:textId="32230E5B" w:rsidR="004D470D" w:rsidRPr="009004FD" w:rsidRDefault="004D470D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="15D6FE40" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DF0E96C" w14:textId="14C3141E" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E379DF6" w14:textId="617D08E5" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>Облыстық комиссияның қарауына "Алтын белгі" жалпы орта білім туралы аттестат алуға үміткерлердің жазбаша емтихан жұмыстарын ұсыну</w:t>
+          <w:p w14:paraId="6E379DF6" w14:textId="09BC3339" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Предоставление письменных экзаменационных работ претендентов на получение аттестата об общем среднем образовании «Алтын белгі» на рассмотрение областной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B3DC61" w14:textId="4751CC2D" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
-[...12 lines deleted...]
-              <w:t>Жазбаша емтихан аяқталғаннан кейін</w:t>
+          <w:p w14:paraId="66B3DC61" w14:textId="20276BA6" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>После завершения письменного экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3317E0B2" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+          <w:p w14:paraId="1315331A" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Каукенов А.А.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1A5260" w14:textId="5A62D299" w:rsidR="003D063A" w:rsidRPr="009004FD" w:rsidRDefault="003D063A" w:rsidP="00AD287D">
+          <w:p w14:paraId="1D1A5260" w14:textId="2F214B54" w:rsidR="004D470D" w:rsidRPr="009004FD" w:rsidRDefault="004D470D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="45E25814" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="727462E9" w14:textId="1AE76E82" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760371BD" w14:textId="05E9806C" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="760371BD" w14:textId="09602B91" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение заключительного заседания Комиссии по проведению итогов работы и принятию решения об утверждении спискса обучающихся, награждаемых знаком </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> бекіту туралы шешім қабылдау жөніндегі комиссияның қорытынды отырысын өткізу</w:t>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Алтын белгі»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2F4B7B" w14:textId="02A49724" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
+          <w:p w14:paraId="7D2F4B7B" w14:textId="0D86784B" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>До 13 июня 2025 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6F9636" w14:textId="4F352D70" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>Қорытынды аттестаттауды өткізу жөніндегі комиссия</w:t>
+          <w:p w14:paraId="1A6F9636" w14:textId="428D9F26" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Комиссии по проведению итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="346B0DB2" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F4C00B" w14:textId="3B874020" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007213B3">
               <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="127853FE" w14:textId="5FB0459B" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>11-сынып оқушыларын қорытынды аттестаттау нәтижелері бойынша білім бөліміне ақпарат беру</w:t>
+          <w:p w14:paraId="127853FE" w14:textId="195ED10F" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Предоставление в отдел образования  информации по результатам итоговой аттестации обучающихся 11-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21A6AB64" w14:textId="7A04AA12" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
+          <w:p w14:paraId="21A6AB64" w14:textId="6CEB3882" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>До 20 июня 2025 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46428F40" w14:textId="77777777" w:rsidR="00BC2B6D" w:rsidRPr="009004FD" w:rsidRDefault="00BC2B6D" w:rsidP="00BC2B6D">
-[...28 lines deleted...]
-              <w:t>Маней Р.</w:t>
+          <w:p w14:paraId="786584B0" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЗРУР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C06EE7C" w14:textId="1BC38D90" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Маней Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD287D" w:rsidRPr="009004FD" w14:paraId="28BF2E11" w14:textId="77777777" w:rsidTr="009004FD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EF08986" w14:textId="6800A62F" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4741" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD8A50E" w14:textId="3633401E" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00F61CD8" w:rsidP="00AD287D">
-[...11 lines deleted...]
-              <w:t>Мектептің педагогикалық кеңесінде қорытынды аттестаттау нәтижелерін талқылау.</w:t>
+          <w:p w14:paraId="5CD8A50E" w14:textId="112F852A" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009004FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обсуждение реультатов итоговой аттестации на педсовете школы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E40FFF2" w14:textId="08D73070" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="008E5793" w:rsidP="00AD287D">
+          <w:p w14:paraId="7E40FFF2" w14:textId="6E4A34F1" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Август 2025 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12A6D4D5" w14:textId="77777777" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009004FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Каукенов А.А.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EA7DC67" w14:textId="68B8B708" w:rsidR="00AD287D" w:rsidRPr="009004FD" w:rsidRDefault="00AD287D" w:rsidP="00AD287D">
             <w:pPr>
               <w:pStyle w:val="ae"/>
@@ -2260,105 +1890,95 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="270164929">
+  <w:num w:numId="1" w16cid:durableId="2111244142">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1908417481">
+  <w:num w:numId="2" w16cid:durableId="2091466479">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E32AB7"/>
-    <w:rsid w:val="00053756"/>
     <w:rsid w:val="000C2E23"/>
-    <w:rsid w:val="000E0650"/>
+    <w:rsid w:val="00246228"/>
     <w:rsid w:val="002868E9"/>
     <w:rsid w:val="002A6151"/>
     <w:rsid w:val="002B7189"/>
-    <w:rsid w:val="00327E0E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003F5933"/>
     <w:rsid w:val="00413E14"/>
-    <w:rsid w:val="00590721"/>
-    <w:rsid w:val="006462DB"/>
+    <w:rsid w:val="004D470D"/>
+    <w:rsid w:val="005E5703"/>
     <w:rsid w:val="0071090C"/>
+    <w:rsid w:val="0077335D"/>
     <w:rsid w:val="007F6C7A"/>
-    <w:rsid w:val="008E5793"/>
     <w:rsid w:val="009004FD"/>
     <w:rsid w:val="00956C86"/>
-    <w:rsid w:val="00A030A6"/>
     <w:rsid w:val="00AD287D"/>
     <w:rsid w:val="00AF18AE"/>
     <w:rsid w:val="00B6662A"/>
-    <w:rsid w:val="00BC2B6D"/>
+    <w:rsid w:val="00D23DD0"/>
     <w:rsid w:val="00E32AB7"/>
-    <w:rsid w:val="00E36D48"/>
     <w:rsid w:val="00E624D1"/>
-    <w:rsid w:val="00EB165C"/>
-    <w:rsid w:val="00EC015D"/>
     <w:rsid w:val="00F21CBC"/>
-    <w:rsid w:val="00F61CD8"/>
-    <w:rsid w:val="00FB0385"/>
     <w:rsid w:val="00FD7D07"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3622,71 +3242,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2132</Characters>
+  <Pages>1</Pages>
+  <Words>364</Words>
+  <Characters>2077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2501</CharactersWithSpaces>
+  <CharactersWithSpaces>2437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>