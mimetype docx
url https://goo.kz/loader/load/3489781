--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,17900 +1,17229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5068"/>
         <w:gridCol w:w="5388"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidTr="00F641BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5068" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003D5FDF" w:rsidRPr="00D566FC" w:rsidRDefault="003D5FDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="002957A2">
+          <w:p w:rsidR="003C5562" w:rsidRDefault="00C52119">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="right"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5562">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+              <w:t>БЕК</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5562">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">И.о.руководитель </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B01191" w:rsidRPr="00D566FC">
+              <w:t>ІТЕМІН</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>школы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00D12B11">
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004469AF" w:rsidRPr="00D566FC" w:rsidRDefault="003C5562">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F641BB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мектеп басшы м.а.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00D12B11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Темиргалинова А.Б</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D34770" w:rsidRPr="00D566FC">
+            </w:pPr>
+            <w:r w:rsidRPr="00D566FC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00F641BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Темиргалинова А.Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34770" w:rsidRPr="00D566FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B" w:rsidP="00153E86">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008B66EA" w:rsidRPr="00D566FC" w:rsidRDefault="008B66EA">
+    <w:p w:rsidR="003C5562" w:rsidRDefault="008B66EA" w:rsidP="008B66EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00F641BB" w:rsidRPr="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F641BB" w:rsidRPr="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34770" w:rsidRPr="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C5562">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу жылына дарынды оқушыларға </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008B66EA" w:rsidRPr="00D566FC" w:rsidRDefault="000A7C87" w:rsidP="008B66EA">
+    <w:p w:rsidR="008B66EA" w:rsidRPr="00D566FC" w:rsidRDefault="003C5562" w:rsidP="008B66EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D566FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">План мероприятий  </w:t>
-[...10 lines deleted...]
-        <w:t>с одаренными учащимися</w:t>
+        <w:t>арналған шаралар жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B66EA" w:rsidRPr="00D566FC" w:rsidRDefault="008B66EA" w:rsidP="008B66EA">
-[...73 lines deleted...]
-    <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B">
+    <w:p w:rsidR="00C5708B" w:rsidRPr="003C5562" w:rsidRDefault="00C5708B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-470" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="98" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="871"/>
         <w:gridCol w:w="4660"/>
         <w:gridCol w:w="1983"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A52DA2" w:rsidRPr="00D566FC" w:rsidTr="00153E86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A52DA2" w:rsidRPr="00D566FC" w:rsidRDefault="00A52DA2">
+          <w:p w:rsidR="00A52DA2" w:rsidRPr="003C5562" w:rsidRDefault="003C5562">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№ п\п</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A52DA2" w:rsidRPr="00D566FC" w:rsidRDefault="00A52DA2">
+          <w:p w:rsidR="00A52DA2" w:rsidRPr="003C5562" w:rsidRDefault="003C5562">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Основное содержание деятельности</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қызметтің негізгі мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A52DA2" w:rsidRPr="00D566FC" w:rsidRDefault="00A52DA2">
+          <w:p w:rsidR="00A52DA2" w:rsidRPr="003C5562" w:rsidRDefault="003C5562">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A52DA2" w:rsidRPr="00D566FC" w:rsidRDefault="00A52DA2">
+          <w:p w:rsidR="00A52DA2" w:rsidRPr="003C5562" w:rsidRDefault="003C5562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2049"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00AF2A72">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00AF2A72">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">школы </w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зияткерлік дарынды оқушылар мен мектеп мұғалімдері туралы мәліметтер </w:t>
+            </w:r>
+            <w:r w:rsidR="00C52119" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>банкі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00153E86">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00697390">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00697390">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...13 lines deleted...]
-              <w:t>ЗД</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шоманова М.С, ЗД</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00153E86">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Адамдарға жылулық пен қуаныш сыйлау" челленджі. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...29 lines deleted...]
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пікірсайыс мектебі ""Жаңа көзқарас". Судьяларға арналған Академия. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...92 lines deleted...]
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
+                <w:rStyle w:val="ListLabel2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rStyle w:val="ListLabel2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тулькубекова М.Х.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
                 <w:rStyle w:val="ListLabel2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...26 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidTr="00334BA0">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00334BA0">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мың бала" республикалық мәдени-ағарту жобасы аясында мемлекеттік тілде ашық жалпықазақстандық диктант өткізуді ұйымдастыру. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...29 lines deleted...]
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...23 lines deleted...]
-          <w:p w:rsidR="002553E9" w:rsidRDefault="006B7759" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шоманова М.С., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...8 lines deleted...]
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="002553E9" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Косенко Л.Н.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002553E9">
-[...24 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidTr="00334BA0">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00334BA0">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00153E86">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға құштар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...30 lines deleted...]
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...23 lines deleted...]
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дьяченко А.В.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...8 lines deleted...]
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трушакова Е.В.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Калиева К.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00153E86">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 сынып оқушыларына арналған ІІІ Республикалық Жас тарихшылардың "Менің кіші Отаным" зияткерлік байқауының қалалық кезеңі. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...60 lines deleted...]
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...23 lines deleted...]
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тулькубекова М.Х.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...24 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rStyle w:val="ListLabel2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00B01191">
-[...37 lines deleted...]
-              <w:t>«Мұқағали Мақатаев оқулары»</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мұқағали Мақатаев оқулары" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00870185" w:rsidRPr="00D566FC" w:rsidRDefault="00870185" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F641BB" w:rsidRDefault="006B7759" w:rsidP="00A953FC">
-[...85 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шоманова М.С.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Косенко Л.Н.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
-[...13 lines deleted...]
-              <w:t>Городской этап областной гуманитарной олимпиады</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Облыстық гуманитарлық олимпиаданың қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00A953FC">
-[...14 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002553E9" w:rsidRDefault="00AF2A72" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> МО учителей языковых дисциплин</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00241743" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тіл мұғалімдері </w:t>
+            </w:r>
+            <w:r w:rsidR="00241743" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidTr="00A953FC">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00A953FC">
         <w:trPr>
           <w:trHeight w:val="1177"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00A953FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасы күніне арналған "барлық мамандықтар жақсы" қалалық байқауы (ата-аналардың жұмыс орнынан репортаждар байқауы).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:pStyle w:val="ae"/>
-              <w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00A953FC">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00697390">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="1201"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="00153E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>республиканского конкурса «Тұлпар мініп, ту алған!»</w:t>
+              <w:t xml:space="preserve"> «Тұлпар мініп, ту алған!»</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5562" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> республикалық байқаудың қалалық кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
-[...14 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002553E9" w:rsidRDefault="00153E86" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002553E9" w:rsidRPr="004463CA" w:rsidRDefault="00153E86" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="002553E9" w:rsidP="00A953FC">
-[...52 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00A953FC" w:rsidRPr="004463CA" w:rsidRDefault="002553E9" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Косенко Л.Н.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="1201"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="006B7759">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Городской этап Президентской олимпиады по предметам естественно-математического цикла  </w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаратылыстану-математикалық цикл пәндері бойынша Президенттік олимпиаданың қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00A953FC">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00697390" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00697390">
-[...39 lines deleted...]
-              <w:t>естественно-математического цикла</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00697390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаратылыстану-математика ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00030EDD">
-[...39 lines deleted...]
-            <w:r w:rsidR="006275FA" w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаратылыстану-математикалық цикл және бағдарламалау пәндері бойынша республикалық жасөспірімдер олимпиадасының қалалық кезеңі (7-8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">сынып). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003C5562" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
-[...88 lines deleted...]
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00A953FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:t>учителя ЕМЦ</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаратылыстану-математика ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="863"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00B805D7" w:rsidP="00A953FC">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00153E86">
-[...66 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республикалық зерттеу жұмыстары конкурсының қалалық кезеңі және "Зерде" шығармашылық жобалары. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00A953FC">
-[...46 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дьяченко А.В.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Трушакова Е.В.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мейрханова А.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00153E86">
-            <w:pPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="002F6709">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып оқушыларына арналған "Бастау" мате</w:t>
+            </w:r>
+            <w:r w:rsidR="002F6709" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">матикалық турнирі (2-4 сынып). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...98 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Трушакова Е.В., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Захарова И.А., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> начальной школы</w:t>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="00153E86" w:rsidP="00697390">
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Тәуелсіздік ұланы" сыйлығын алуға үміткерлерді іріктеу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00153E86">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...65 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Темиргалинова А.Б., Отыншина Г.А., кл.руководители</w:t>
+          <w:p w:rsidR="00241743" w:rsidRPr="004463CA" w:rsidRDefault="003C5562" w:rsidP="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темиргалинова А.Б., Отыншина Г.А., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C5562" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
-[...13 lines deleted...]
-              <w:t>Городской этап республиканской олимпиады по лингвистике</w:t>
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="002F6709">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лингвистика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиаданың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей языковых дисциплин</w:t>
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіл мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00153E86">
-[...75 lines deleted...]
-              <w:t>научных проектов школьников по общеобразовательным предметам</w:t>
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы білім беретін пәндер бойынша оқушылардың ғылыми жобаларының облыстық байқауының қалалық кезеңі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00007D19" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00153E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00697390" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00697390">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00697390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дьяченко А.В.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00697390" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00697390">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00697390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Трушакова Е.В.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007D19" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00697390">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="002F6709" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00697390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мейрханова А.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="00697390" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="002F6709" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дебат мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="006B7759" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ««Жаңа көзқарас». </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ыбырай Алтынсариннің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>180 жылдығына арналған мектеп клубтарының жолдастық турнирі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="006B7759" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00153E86" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...5 lines deleted...]
-              <w:t>Дебатная</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...162 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Б.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="00697390" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="006B7759" w:rsidP="00153E86">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="006B7759" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Организация участия в XV</w:t>
             </w:r>
-            <w:r w:rsidR="00697390" w:rsidRPr="00D566FC">
+            <w:r w:rsidR="00697390" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>интеллектуальной олимпиаде школьников имени В.П.</w:t>
             </w:r>
-            <w:r w:rsidR="00697390" w:rsidRPr="00D566FC">
+            <w:r w:rsidR="00697390" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Никитенко</w:t>
             </w:r>
+            <w:r w:rsidR="00204327" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="006B7759" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00697390" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00697390" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шапихова З.И., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B7759" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> и информатики </w:t>
+          <w:p w:rsidR="006B7759" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">математика мен </w:t>
+            </w:r>
+            <w:r w:rsidR="00697390" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>информатик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а мұғалімдері ӘБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00697390" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...48 lines deleted...]
-              <w:t>, посвященный Дню семьи</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отбасы күніне арналған "Өнерлі отбасы" отбасылық шығармашылық фестивалі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B01191" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Темиргалинова А.Б., Отыншина Г.А., кл.руководители</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темиргалинова А.Б., Отыншина Г.А., </w:t>
+            </w:r>
+            <w:r w:rsidR="00241743" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...77 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Мағжан оқулары" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00697390" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...124 lines deleted...]
-              <w:t xml:space="preserve"> область </w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақмола облысы Щучинск қаласындағы "Балдәурен" оқу-жаттығу жиындары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC70B7" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00EC70B7" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC70B7" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00EC70B7" w:rsidRPr="004463CA" w:rsidRDefault="00697390" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC70B7" w:rsidRPr="00D566FC" w:rsidRDefault="00EC70B7" w:rsidP="00334BA0">
+          <w:p w:rsidR="00EC70B7" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00334BA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...91 lines deleted...]
-              <w:t>в рамках реализации Программы модернизации общественного сознания «Рухани жаңғыру»</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Рухани жаңғыру"қоғамдық сананы жаңғырту бағдарламасын іске асыру аясында" Әл-Фараби-өмір жолы " атты оқулар бейнеинсталляциясының қалалық байқауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC70B7" w:rsidRPr="00D566FC" w:rsidRDefault="00EC70B7" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00EC70B7" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC70B7" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00EC70B7" w:rsidRPr="004463CA" w:rsidRDefault="00697390" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С</w:t>
             </w:r>
-            <w:r w:rsidR="00C84A37" w:rsidRPr="00D566FC">
+            <w:r w:rsidR="00C84A37" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>., Темиргалинова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Городской этап республиканской предметной олимпиады среди уч-ся 5-6 классов</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-6 сынып оқушылары арасындағы республикалық пәндік олимпиаданың қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00697390" w:rsidP="00697390">
-[...19 lines deleted...]
-              <w:t>Шоманова М.С,ЗД</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="004463CA" w:rsidP="00697390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шоманова М.С,ДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Городской этап республиканской олимпиады по лингвистике</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Лингвистика бойынша республикалық олимпиаданың қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Тулькубекова М.Х., учителя языковых дисциплин</w:t>
+          <w:p w:rsidR="005D6A2E" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="005D6A2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="005D6A2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пікірсайыс мектебі ""Жаңа көзқарас". I қалалық турнир. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...5 lines deleted...]
-              <w:t>Дебатная</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...144 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Б.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="00A953FC">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="009873FC">
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> среди уч-ся 8-10  классов</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-10 сынып оқушылары арасында" Абай оқулары " республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00E312E2">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Өзін-өзі басқару күні", "Өзін-өзі басқару апталығы"жобалары;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001E6E7F" w:rsidRDefault="001E6E7F" w:rsidP="00153E86">
-[...32 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E312E2" w:rsidRPr="00D566FC">
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E312E2" w:rsidRPr="00D566FC" w:rsidRDefault="00E312E2" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00204327" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00A953FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00204327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...45 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>импиядалық резерв мектебі «Алтын сын» және</w:t>
+            </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жас ғалым»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...8 lines deleted...]
-            <w:r w:rsidR="00D858F3" w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кестеге сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00D566FC" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00A953FC" w:rsidRPr="004463CA" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>ЗД, учителя-предметники</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДО, пән-мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...37 lines deleted...]
-              <w:t>йұлы</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00204327" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00792DCB" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж. Кө</w:t>
+            </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пейұлы</w:t>
+            </w:r>
+            <w:r w:rsidR="0050097C" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ның өмірі мен шығарма</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1F81" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шылығына арналған қалалық форум</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00A953FC" w:rsidRPr="004463CA" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Городской творческий конкурс «По страницам истории РК»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"ҚР тарихының беттері бойынша"қалалық шығармашылық байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00627888">
-[...25 lines deleted...]
-              <w:t>очный конкурс сочинений – эссе</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қалалық сырттай эссе байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="00B01191" w:rsidP="00153E86">
-[...52 lines deleted...]
-              <w:t>учителя языковых дисциплин</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Темиргалинова А.Б.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...46 lines deleted...]
-              <w:t>по общеобразовательным предметам</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жалпы білім беретін пәндер бойынша оқушылардың республикалық олимпиадасының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...22 lines deleted...]
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>ЗД, учителя-предметники</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДО, пән-мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Фестиваль искусств «Под единым шаныраком»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Бір шаңырақ астында" өнер фестивалі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00007D19">
-[...22 lines deleted...]
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Темиргалинова А.Б., Отыншина Г.А., кл.руководители</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темиргалинова А.Б., Отыншина Г.А., </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Креатив - бой для учащихся 7 - 8 классов (совместно с НИШ)</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7-8 сынып оқушыларына арналған шығармашылық жекпе - жек (НЗМ - мен бірге). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тулькубекова М.Х.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пікірсайыс мектебі ""Жаңа көзқарас". ППУ КЕАҚ облыстық студенттер турниріне қалалық клубтардың қатысуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...6 lines deleted...]
-              <w:t>Дебатная</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...166 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Б.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> Ш. С.</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Академик Ш. С. Смағұлов атындағы VI Математикалық олимпиаданың қалалық кезеңі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...22 lines deleted...]
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...29 lines deleted...]
-              <w:t>учителя математики</w:t>
+          <w:p w:rsidR="005D6A2E" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">апихова З.И., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Организация участия в Олимпиаде о математике и физике "Матол kz"  среди уч-ся 5-11 кл</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 сынып оқушылары арасында "матол kz" математика және физика олимпиадасына қатысуды ұйымдастыру. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Декабрь-февраль-апрель</w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ақпан-сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="005E4503">
-[...19 lines deleted...]
-              <w:t>Шапихова З.И., учителя математики</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="005E4503">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шапихова З.И., </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...57 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Ақ берен" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00C1600E">
-[...18 lines deleted...]
-              <w:t>Январь</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00C1600E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаңтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...37 lines deleted...]
-              <w:t>по предметам естественно-математического цикла  и программирования (7-8 кл.)</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаратылыстану-математикалық цикл және бағдарламалау пәндері бойынша жасөспірімдер олимпиадасының қалалық кезеңі (7-8 сынып). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:t>Шапихова З.И., учителя математики</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="005D6A2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шапихова З.И., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Городской этап республиканской олимпиады  «Жарқын болашақ»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Жарқын болашақ" республикалық олимпиадасының қалалық кезеңі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Участие в Республиканской олимпиаде по казахскому языку среди уч-ся некоренной национальности «Язык символ Независимости Казахстана»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Қазақстан тәуелсіздігінің символы тілі" өзге  ұлт оқушылары арасында қазақ тілі бойынша Республикалық олимпиадаға қатысу. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Январь</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A953FC" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00A953FC" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Городской этап республиканского математического турнира «Бастау» (2-4 класс)</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Бастау" республикалық математикалық турнирінің қалалық кезеңі (2-4 сынып). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Трушакова Е.В., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Захарова И.А., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> начальной школы</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00745AAB">
-[...18 lines deleted...]
-              <w:t>Городской турнир юных математиков</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қалалық Жас математиктер турнирі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...18 lines deleted...]
-              <w:t>Февраль</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00070E69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009873FC" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="009873FC">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="009873FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шоманова М.С., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шапихова З.И., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="009873FC" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>учителя математики</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00536105">
-[...18 lines deleted...]
-              <w:t>Городской турнир по казахскому языку среди учащихся некоренной национальности (1 - 4 классы)</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жергілікті емес ұлт оқушылары арасында қазақ тілінен қалалық турнир (1-4 сыныптар). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...18 lines deleted...]
-              <w:t>Февраль</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00070E69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілі мен әдебиеті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімдері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00127243">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00127243">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> – 2021»</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00ED1F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"KazRoboSport – 2021"робототехника бойынша республикалық чемпионаттың қалалық кезеңі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="00ED1F81" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шапихова З.И., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>учителя информатики</w:t>
+          <w:p w:rsidR="00ED1F81" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="005D6A2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информатика </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00070E69">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00070E69">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00F46908">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00F46908">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...36 lines deleted...]
-              <w:t>йұлы  в рамках реализации Программы модернизации общественного сознания «Рухани жаңғыру»</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Рухани жаңғыру"қоғамдық сананы жаңғырту бағдарламасын іске асыру аясында М. Ж. Көпейұлының өмірі мен шығармашылығына арналған қалалық форум </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...18 lines deleted...]
-              <w:t>Февраль</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00070E69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D652C8" w:rsidRPr="004463CA" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00C84A37">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00C84A37">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00070E69">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">II </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Городской </w:t>
+            <w:r w:rsidR="006F3AF5" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қалық </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...6 lines deleted...]
-              <w:t>дебатный</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дебат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> турнир</w:t>
             </w:r>
+            <w:r w:rsidR="006F3AF5" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00153E86" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E4503" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
+          <w:p w:rsidR="005E4503" w:rsidRPr="004463CA" w:rsidRDefault="005E4503" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Серік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Б.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00C84A37">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00C84A37">
         <w:trPr>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">КВН </w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТК /</w:t>
+            </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КВН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D858F3" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00F46908">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00F46908">
         <w:trPr>
           <w:trHeight w:val="935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00153E86">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...27 lines deleted...]
-              <w:t>Фестиваль проектов «Жақсылықтың жаршысы –Жас Ұлан»</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жас ұландар күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жақсылықтың жаршысы –Жас Ұлан»</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3AF5" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоба фестивалі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Февраль</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Темиргалинова А.Б., Отыншина Г.А., кл.руководители</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темиргалинова А.Б., Отыншина Г.А., </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00536105">
-[...16 lines deleted...]
-              <w:t>Городской заочный конкурс  поздравлений и рисунков  «Моя дорогая мама», посвященный Международному женскому Дню – 8 марта</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 наурыз-Халықаралық әйелдер күніне арналған "Менің қымбатты анам" қалалық сырттай құттықтаулар мен суреттер байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Темиргалинова А.Б., Отыншина Г.А., кл.руководители</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темиргалинова А.Б., Отыншина Г.А., </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00536105">
-[...27 lines deleted...]
-              <w:t>Қ. Битибаевой</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қ.Бітібаева атындағы Қазақ тілі мен әдебиеті бойынша республикалық олимпиаданың қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F46908" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00F46908">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00F46908">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> среди уч-ся 8-11 классов</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-11 сынып оқушылары арасында Ж. Жабаев окулары қалалық байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00241743">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...78 lines deleted...]
-              <w:t>». Участие городских клубов в Республиканском турнире НАО ППУ</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көптілділіктен "Ұлы Абай мұрасы" қалалық олимпиадасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х.,   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="1014"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="003D4D2D">
-[...56 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ППУ КЕАҚ республикалық турниріне қалалық клубтардың қатысуы. Көптілділіктен "Ұлы Абай мұрасы" қалалық олимпиадасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D652C8" w:rsidRPr="00D566FC" w:rsidRDefault="00D652C8" w:rsidP="00D652C8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="006F3AF5" w:rsidP="00D652C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С., Сейтказина А.М., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>учителя языковых дисциплин</w:t>
+          <w:p w:rsidR="006F3AF5" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00F75B68">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00F75B68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Меңін өлкем - Ертіс өңі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> городской турнир по истории и краеведению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х.,   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="906"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...15 lines deleted...]
-              <w:t>Городской этап республиканской комплексной олимпиады «Сардар» среди учащихся 11 классов</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 сынып оқушылары арасында "Сардар" республикалық кешенді олимпиадасының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Март  </w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жангазина Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="913"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Городской этап республиканского хореографического фестиваля-конкурса «Ақшағала»</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хореографиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фестиваль-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="1596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> в рамках реализации Программы модернизации общественного сознания «Рухани жаңғыру»</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Менің бастамам-менің Отаным!"Рухани жаңғыру"қоғамдық сананы жаңғырту бағдарламасын іске асыру аясында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...34 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Театрдың ғажап әлемі" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...36 lines deleted...]
-              <w:t>қулары»</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Махамбет оқулары" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F46908" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00F46908" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72">
-[...15 lines deleted...]
-              <w:t>Городская олимпиада  по казахскому языку и истории Казахстана среди учащихся некоренной национальности (5 - 10 классы) «Тіл – тәуелсіздіктің тұғыры»</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақ тілі мен Қазақстан тарихы пәнінен жергілікті емес ұлт оқушылары арасындағы қалалық олимпиада (5-10 сыныптар) "Тіл - тәуелсіздіктің тұғыры". </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00AF2A72">
-[...10 lines deleted...]
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00AB3E26">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00AB3E26">
             <w:pPr>
               <w:pStyle w:val="ae"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Апрель</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C52119" w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Городской турнир по казахскому языку среди учащихся некоренной национальности (2 - 4 классы) «Менің елім – менің тілім»</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жергілікті емес ұлт оқушылары арасында қазақ тілінен қалалық турнир (2-4 сыныптар) "Менің елім - менің тілім".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Апрель</w:t>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00C52119" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сейтказина А.М.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C52119" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пікірсайыс мектебі ""Жаңа көзқарас". </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>II қалалық турнир.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...5 lines deleted...]
-              <w:t>Дебатная</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...175 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Б.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Городской интеллектуальный конкурс по функциональной грамотности «Текстознайка»</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Текстознайка" функционалдық сауаттылық бойынша қалалық зияткерлік конкурсы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="003D4D2D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="003D4D2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Трушакова Е.В., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Захарова И.А., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей начальных классов</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Городской интеллектуальный конкурс по функциональной грамотности «Білімпаз»</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Білімпаз" функционалдық сауаттылық бойынша қалалық зияткерлік конкурсы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Трушакова Е.В., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Захарова И.А., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...19 lines deleted...]
-              <w:t>МО учителей начальных классов</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...15 lines deleted...]
-              <w:t>Городской этап республиканского конкурса «Юные инспектора движения»</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Жас қозғалыс инспекторлары" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жангазина Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00564B0A">
-[...18 lines deleted...]
-              <w:t>Городские чтения «Абай оқулары» среди учащихся младших классов</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бастауыш сынып оқушылары арасында </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Абай оқулары" қалалық оқулары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Апрель</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
-[...52 lines deleted...]
-              <w:t>МО учителей каз.языка и литературы</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сейтказина А.М.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қазақ тілі мен әдебиеті мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t>Городская олимпиада по лингвистике «Юный лингвист» среди учащихся  6-7 классов</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6-7 сынып оқушылары арасында "Жас лингвист" қалалық лингвистика олимпиадасы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>Апрель</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шоманова М.С.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> МО учителей языковых дисциплин </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. Бөкейхановтың 155 жылдығына арналған "Күрестегі өмір" Дебаты. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...45 lines deleted...]
-              <w:t>Апрель</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00153E86" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="005E4503" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00C703DD">
-[...18 lines deleted...]
-              <w:t>Городской этап республиканского  конкурса «Юные инспектора движения»</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Жас қозғалыс инспекторлары" республикалық байқауының қалалық кезеңі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жангазина Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00564B0A">
-[...17 lines deleted...]
-              <w:t>Городской смотр областного конкурса «Равнение на флаг», посвященный  Дню защитника Отечества</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отан қорғаушылар күніне арналған "Туға теңеу" облыстық байқауының қалалық байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Май </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жангазина Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="008832F8">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Рухани жаңғыру" бағдарламасы аясында "Менің кіші Отаным" облыстық зияткерлік байқауының қалалық кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00F67984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...6 lines deleted...]
-              <w:t>Рухани</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...74 lines deleted...]
-              <w:t xml:space="preserve">Май  </w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00AF2A72" w:rsidP="00153E86">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семей ядролық полигонының жабылуының 30 жылдығына арналған "Ядролық қарусыз әлем" қалалық қашықтық байқауы. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="98" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...44 lines deleted...]
-              <w:t>Май</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тулькубекова М.Х., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF2A72" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...19 lines deleted...]
-              <w:t>МО учителей истории</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="004652C9">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="004652C9">
         <w:trPr>
           <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00357A3F">
-[...26 lines deleted...]
-              <w:t>Победе в Великой Отечественной войне</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұлы Отан соғысындағы Жеңіске арналған "Жыр жауһары - жастар" атты жас ақындар байқауы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>Май</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жангазина Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="008C1676">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="008C1676">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00564B0A">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Встреча Акима города с одаренными детьми </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қала әкімінің дарынды балалармен кездесуі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Май </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="008C1676">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="008C1676">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Шоманова М.С. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00007D19">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00007D19">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Городской этап соревнований школьной волейбольной лиги</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп волейбол лигасының қалалық кезеңі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00EF32D6">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00EF32D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жангазина Ш.К., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00EF32D6">
-[...19 lines deleted...]
-              <w:t>МО учителей физической культуры</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00EF32D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру мұғалімдерінің ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00153E86">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00153E86">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00BE6378">
-[...15 lines deleted...]
-              <w:t>Летний комплексный проект «В зазеркалье онлайн» ЦЗРДО 2021 г.</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО 2021 ж. "онлайн көзілдірікте" жазғы кешенді жобасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Июнь-август </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Маусым-тамыз</w:t>
+            </w:r>
+            <w:r w:rsidR="0097421D" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00BE6378">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00BE6378">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00153E86">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00153E86">
         <w:trPr>
           <w:trHeight w:val="843"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00606624">
-[...105 lines deleted...]
-              <w:t xml:space="preserve"> области </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақмола облысы Щучинск қаласының "Балдәурен" оқу-жаттығу жиындары. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00712174">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00712174">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00153E86">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00153E86">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...78 lines deleted...]
-              <w:t>а</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жазғы бейіндік мектеп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...17 lines deleted...]
-              <w:t>Июнь</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>маусым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D566FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темиргалинова А.Б., Отыншина Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="0097421D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Павлодар дарыны" кітабын басып шығару және монитор</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>инг.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...19 lines deleted...]
-              <w:t>Май</w:t>
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="00241743">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
+          <w:p w:rsidR="0097421D" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...7 lines deleted...]
-              <w:t>Шоманова М.С.,ЗД</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шоманова М.С.,БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...117 lines deleted...]
-              <w:t>- городской этап предметной олимпиады</w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00865CF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бейнефильмдер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00865CF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - әкімнің дарынды балалармен кездесуі Олимпиада күнделігі: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00865CF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғылыми жарыстардың қалалық кезеңі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00865CF4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - пәндік олимпиаданың қалалық кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="00D858F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
+          <w:p w:rsidR="00D858F3" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
-[...7 lines deleted...]
-              <w:t>Шоманова М.С.,ЗД</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шоманова М.С.,БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D566FC" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="008C1676">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Взаимодействие со СМИ и ТВ </w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БАҚ пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теледидармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрекеттесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
-[...19 lines deleted...]
-              <w:t>ЗД</w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00D566FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...16 lines deleted...]
-              <w:t>«Библиотека олимпийца» Издание сборников олимпиадных заданий</w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Олимпиадашы кітапханасы" олимпиадалық тапсырмалар жинағын шығару. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="005D6A2E" w:rsidP="00153E86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шоманова М.С.,ЗД</w:t>
+              <w:t>Шоманова М.С.БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...39 lines deleted...]
-              <w:t>» (дипломы, сертификаты и др.)</w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Павлодар дарыны" ДЗДО іс-шараларын өткізуге баспа өнімдерін дайындау (дипломдар, сертификаттар және т.б.). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00D566FC">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00D566FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шоманова М.С.,ЗД</w:t>
+              <w:t>Шома</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нова М.С.,БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidTr="00D566FC">
+      <w:tr w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidTr="00D566FC">
         <w:trPr>
           <w:trHeight w:val="528"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00A953FC">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00A953FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Работа с сайтом ЦЗРДО «Павлодар </w:t>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D566FC">
-[...2 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D566FC">
-[...7 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" ДЗРДО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сайтымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3" w:rsidP="00153E86">
-[...22 lines deleted...]
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D858F3">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="00153E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D858F3" w:rsidRPr="00D566FC" w:rsidRDefault="00D566FC" w:rsidP="00153E86">
+          <w:p w:rsidR="00ED1707" w:rsidRPr="004463CA" w:rsidRDefault="00ED1707" w:rsidP="005D6A2E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D566FC">
+            <w:r w:rsidRPr="004463CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шоманова М.С.,ЗД</w:t>
+              <w:t>Шоманова М.С.,</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6A2E" w:rsidRPr="004463CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B">
+    <w:p w:rsidR="00C5708B" w:rsidRPr="004463CA" w:rsidRDefault="00C5708B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B">
+    <w:p w:rsidR="00C5708B" w:rsidRPr="004463CA" w:rsidRDefault="00C5708B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C5708B" w:rsidRPr="00D566FC" w:rsidRDefault="00C5708B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790D50" w:rsidRPr="00D566FC" w:rsidRDefault="00790D50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -17954,134 +17283,134 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790D50" w:rsidRPr="00D566FC" w:rsidRDefault="00790D50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00790D50" w:rsidRPr="00D566FC" w:rsidSect="00F32C3C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="851" w:bottom="360" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="-2049"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="4C465DEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A152348A"/>
     <w:lvl w:ilvl="0" w:tplc="2000000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18157,702 +17486,485 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C5708B"/>
     <w:rsid w:val="00006C28"/>
     <w:rsid w:val="00007D19"/>
     <w:rsid w:val="00020C4F"/>
     <w:rsid w:val="00021044"/>
     <w:rsid w:val="00030EDD"/>
     <w:rsid w:val="00032286"/>
     <w:rsid w:val="000343F6"/>
     <w:rsid w:val="00047EBB"/>
     <w:rsid w:val="0005021E"/>
     <w:rsid w:val="000626E6"/>
     <w:rsid w:val="0006778F"/>
     <w:rsid w:val="00070E69"/>
     <w:rsid w:val="00072AA8"/>
     <w:rsid w:val="00077BE0"/>
     <w:rsid w:val="00082FBC"/>
     <w:rsid w:val="00084232"/>
     <w:rsid w:val="000A7C87"/>
     <w:rsid w:val="000B5A03"/>
     <w:rsid w:val="00110DD7"/>
     <w:rsid w:val="00127243"/>
     <w:rsid w:val="001463FC"/>
     <w:rsid w:val="001463FE"/>
     <w:rsid w:val="00153E86"/>
     <w:rsid w:val="00165765"/>
     <w:rsid w:val="00173908"/>
     <w:rsid w:val="001A7131"/>
     <w:rsid w:val="001C5183"/>
     <w:rsid w:val="001E6E7F"/>
     <w:rsid w:val="001F0339"/>
     <w:rsid w:val="001F4052"/>
+    <w:rsid w:val="00204327"/>
     <w:rsid w:val="002059A1"/>
     <w:rsid w:val="002064F9"/>
     <w:rsid w:val="00226FF3"/>
     <w:rsid w:val="00227BB3"/>
     <w:rsid w:val="00241394"/>
+    <w:rsid w:val="00241743"/>
     <w:rsid w:val="00254C41"/>
     <w:rsid w:val="002553E9"/>
     <w:rsid w:val="002567EC"/>
     <w:rsid w:val="0026567D"/>
     <w:rsid w:val="00272E99"/>
     <w:rsid w:val="00283687"/>
     <w:rsid w:val="002957A2"/>
     <w:rsid w:val="002C065F"/>
     <w:rsid w:val="002C2748"/>
+    <w:rsid w:val="002F6709"/>
     <w:rsid w:val="0031469B"/>
     <w:rsid w:val="00321E1B"/>
     <w:rsid w:val="00326BDB"/>
     <w:rsid w:val="00334BA0"/>
     <w:rsid w:val="00357A3F"/>
     <w:rsid w:val="00386D85"/>
     <w:rsid w:val="00387C30"/>
     <w:rsid w:val="00390441"/>
     <w:rsid w:val="003B492D"/>
+    <w:rsid w:val="003C5562"/>
     <w:rsid w:val="003D146C"/>
     <w:rsid w:val="003D4D2D"/>
     <w:rsid w:val="003D5FDF"/>
     <w:rsid w:val="003E257B"/>
     <w:rsid w:val="003E3B6F"/>
     <w:rsid w:val="00405B6D"/>
     <w:rsid w:val="004363CF"/>
     <w:rsid w:val="00443400"/>
+    <w:rsid w:val="004463CA"/>
     <w:rsid w:val="004469AF"/>
     <w:rsid w:val="004602C5"/>
     <w:rsid w:val="004652C9"/>
     <w:rsid w:val="00480C4F"/>
     <w:rsid w:val="004A26B7"/>
     <w:rsid w:val="004B4025"/>
     <w:rsid w:val="004E4821"/>
+    <w:rsid w:val="0050097C"/>
     <w:rsid w:val="00503DB1"/>
     <w:rsid w:val="005172C0"/>
     <w:rsid w:val="00536105"/>
     <w:rsid w:val="00564B0A"/>
     <w:rsid w:val="00577763"/>
     <w:rsid w:val="005948AC"/>
     <w:rsid w:val="005A0F77"/>
     <w:rsid w:val="005A6DA7"/>
     <w:rsid w:val="005B1CDE"/>
     <w:rsid w:val="005B2C7D"/>
     <w:rsid w:val="005D0DF0"/>
+    <w:rsid w:val="005D6A2E"/>
     <w:rsid w:val="005E4503"/>
     <w:rsid w:val="00606624"/>
     <w:rsid w:val="00625C10"/>
     <w:rsid w:val="006275FA"/>
     <w:rsid w:val="00627888"/>
     <w:rsid w:val="00660848"/>
     <w:rsid w:val="00697390"/>
     <w:rsid w:val="006B33CC"/>
     <w:rsid w:val="006B621F"/>
     <w:rsid w:val="006B7759"/>
+    <w:rsid w:val="006F3AF5"/>
     <w:rsid w:val="006F4AC2"/>
     <w:rsid w:val="006F4CA6"/>
     <w:rsid w:val="00712174"/>
     <w:rsid w:val="007329F2"/>
     <w:rsid w:val="00745AAB"/>
     <w:rsid w:val="007516C6"/>
     <w:rsid w:val="007612EC"/>
     <w:rsid w:val="007723C6"/>
     <w:rsid w:val="00790D50"/>
+    <w:rsid w:val="00792DCB"/>
     <w:rsid w:val="007A0D6A"/>
     <w:rsid w:val="007A540C"/>
     <w:rsid w:val="007B3DB5"/>
     <w:rsid w:val="007E1999"/>
     <w:rsid w:val="007E67C6"/>
     <w:rsid w:val="007F01F1"/>
     <w:rsid w:val="00807841"/>
     <w:rsid w:val="00807C7F"/>
     <w:rsid w:val="00834108"/>
     <w:rsid w:val="00862E89"/>
     <w:rsid w:val="00865CF4"/>
     <w:rsid w:val="008672FB"/>
     <w:rsid w:val="00870185"/>
     <w:rsid w:val="00871856"/>
     <w:rsid w:val="008832F8"/>
     <w:rsid w:val="008A2AFE"/>
     <w:rsid w:val="008B66EA"/>
     <w:rsid w:val="008C1319"/>
     <w:rsid w:val="008C1676"/>
     <w:rsid w:val="008C45F5"/>
     <w:rsid w:val="008C473C"/>
     <w:rsid w:val="00900687"/>
     <w:rsid w:val="009410C7"/>
     <w:rsid w:val="00950820"/>
+    <w:rsid w:val="0097421D"/>
     <w:rsid w:val="00983B27"/>
     <w:rsid w:val="009873FC"/>
     <w:rsid w:val="00993A9A"/>
     <w:rsid w:val="009A7ECC"/>
     <w:rsid w:val="009C55BB"/>
     <w:rsid w:val="009C6CF1"/>
     <w:rsid w:val="009C7A9B"/>
     <w:rsid w:val="009D1DC5"/>
     <w:rsid w:val="009E5398"/>
     <w:rsid w:val="00A01FB4"/>
     <w:rsid w:val="00A15047"/>
     <w:rsid w:val="00A526FC"/>
     <w:rsid w:val="00A52DA2"/>
     <w:rsid w:val="00A549BB"/>
     <w:rsid w:val="00A562B2"/>
     <w:rsid w:val="00A62410"/>
     <w:rsid w:val="00A763D5"/>
     <w:rsid w:val="00A87E80"/>
     <w:rsid w:val="00A90F64"/>
     <w:rsid w:val="00A953FC"/>
     <w:rsid w:val="00AA1BC3"/>
     <w:rsid w:val="00AA40DA"/>
     <w:rsid w:val="00AA55CE"/>
     <w:rsid w:val="00AB27D4"/>
     <w:rsid w:val="00AB3E26"/>
     <w:rsid w:val="00AD7C33"/>
     <w:rsid w:val="00AF2A72"/>
     <w:rsid w:val="00B01191"/>
     <w:rsid w:val="00B03D96"/>
     <w:rsid w:val="00B05070"/>
     <w:rsid w:val="00B140F5"/>
     <w:rsid w:val="00B2637A"/>
     <w:rsid w:val="00B804AB"/>
     <w:rsid w:val="00B805D7"/>
     <w:rsid w:val="00BA460D"/>
     <w:rsid w:val="00BC177B"/>
     <w:rsid w:val="00BC18EF"/>
     <w:rsid w:val="00BC6D39"/>
     <w:rsid w:val="00BD5982"/>
     <w:rsid w:val="00BE6378"/>
     <w:rsid w:val="00BF26F5"/>
     <w:rsid w:val="00C11ADE"/>
     <w:rsid w:val="00C1600E"/>
     <w:rsid w:val="00C271FC"/>
     <w:rsid w:val="00C3530E"/>
+    <w:rsid w:val="00C52119"/>
     <w:rsid w:val="00C5708B"/>
     <w:rsid w:val="00C6316C"/>
     <w:rsid w:val="00C703DD"/>
     <w:rsid w:val="00C751AE"/>
     <w:rsid w:val="00C84A37"/>
     <w:rsid w:val="00CA01EE"/>
     <w:rsid w:val="00CA5855"/>
     <w:rsid w:val="00CB0EE8"/>
     <w:rsid w:val="00CC2A27"/>
     <w:rsid w:val="00CE6B83"/>
     <w:rsid w:val="00CF53B1"/>
     <w:rsid w:val="00D07C55"/>
     <w:rsid w:val="00D12B11"/>
     <w:rsid w:val="00D17F55"/>
     <w:rsid w:val="00D34770"/>
     <w:rsid w:val="00D43265"/>
     <w:rsid w:val="00D566FC"/>
     <w:rsid w:val="00D652C8"/>
     <w:rsid w:val="00D77464"/>
     <w:rsid w:val="00D858F3"/>
     <w:rsid w:val="00D85AA4"/>
     <w:rsid w:val="00D868F0"/>
     <w:rsid w:val="00D92EDA"/>
     <w:rsid w:val="00DA0334"/>
     <w:rsid w:val="00DD5926"/>
     <w:rsid w:val="00DE09D6"/>
     <w:rsid w:val="00DE149E"/>
     <w:rsid w:val="00E066AE"/>
     <w:rsid w:val="00E11A0C"/>
     <w:rsid w:val="00E312E2"/>
     <w:rsid w:val="00E345A0"/>
     <w:rsid w:val="00E47536"/>
     <w:rsid w:val="00E56273"/>
     <w:rsid w:val="00E64894"/>
     <w:rsid w:val="00E7217F"/>
     <w:rsid w:val="00E76BA2"/>
     <w:rsid w:val="00EB28B1"/>
     <w:rsid w:val="00EB7262"/>
     <w:rsid w:val="00EC70B7"/>
+    <w:rsid w:val="00ED1707"/>
+    <w:rsid w:val="00ED1F81"/>
     <w:rsid w:val="00EE67BD"/>
     <w:rsid w:val="00EF32D6"/>
     <w:rsid w:val="00EF4846"/>
     <w:rsid w:val="00F11D4C"/>
     <w:rsid w:val="00F201AF"/>
     <w:rsid w:val="00F32C3C"/>
     <w:rsid w:val="00F46908"/>
     <w:rsid w:val="00F641BB"/>
     <w:rsid w:val="00F67984"/>
     <w:rsid w:val="00F75B68"/>
     <w:rsid w:val="00F87D49"/>
     <w:rsid w:val="00F90231"/>
     <w:rsid w:val="00F907FB"/>
     <w:rsid w:val="00FA0900"/>
     <w:rsid w:val="00FC24B3"/>
     <w:rsid w:val="00FD3AD2"/>
     <w:rsid w:val="00FE208A"/>
     <w:rsid w:val="00FF4A22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="513C919B"/>
-  <w15:docId w15:val="{F67A6D01-DF9D-452B-803C-52BDCEAE639A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text Indent 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:uiPriority="0"/>
+    <w:lsdException w:name="Balloon Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B2121A"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="00000A"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="003D58C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -19403,59 +18515,249 @@
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00A562B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19706,87 +19008,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E75BFAC-8B5C-4E10-9148-1F109C36D0D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59BE495C-B9FE-4C64-8E1A-AC012ECF0E89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>10055</Characters>
+  <Pages>7</Pages>
+  <Words>1744</Words>
+  <Characters>9941</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
+  <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11795</CharactersWithSpaces>
+  <CharactersWithSpaces>11662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Болат</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Reanimator Extreme Edition</vt:lpwstr>