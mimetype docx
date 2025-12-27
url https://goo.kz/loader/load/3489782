--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2269 +1,2364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="440D69DB" w14:textId="77777777" w:rsidR="00D76A7B" w:rsidRPr="00D8307D" w:rsidRDefault="00D76A7B" w:rsidP="00D76A7B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3BAE2FDD" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный детский сад №26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1D5E7D0B" w14:textId="30E4E559" w:rsidR="00A94CE8" w:rsidRPr="00A94CE8" w:rsidRDefault="00A94CE8" w:rsidP="00A94CE8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246F1790" w14:textId="1F285B51" w:rsidR="0090371F" w:rsidRPr="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A94CE8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090371F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001E4927">
+        </w:rPr>
+        <w:t>Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E7C6D4" w14:textId="3DEDE672" w:rsidR="0090371F" w:rsidRPr="00AF24C5" w:rsidRDefault="0090371F" w:rsidP="00AF24C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090371F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A94CE8">
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантные должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090371F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...851 lines deleted...]
-      <w:r w:rsidRPr="00D76A7B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...442 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...183 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным языком обучения, 1 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D76A7B">
+        <w:t>логопед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090371F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
-[...363 lines deleted...]
-          <w:rStyle w:val="a6"/>
+        <w:t xml:space="preserve"> с русским  языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF24C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(в том</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">числе </w:t>
+      </w:r>
+      <w:r w:rsidR="004174D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопеды</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF24C5" w:rsidRPr="00AF24C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на период декретного отпуска)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC392D9" w14:textId="17AF2F40" w:rsidR="0090371F" w:rsidRDefault="00CD3B61" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> январь </w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE574E3" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный детский сад №26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара», улица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC1EB13" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теплова 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>60-58-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; эл.почта: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46642419" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный сад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC9B804" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A51843" w14:textId="7621CAFF" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по соответствующему профилю или документ, подтверждающий педагогическую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переподготовку или техническое и профессиональное образование по соответствующему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопеда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольной организации для педагога-модератора и педагога-эксперта не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии среднего уровня квалификации стаж работы в должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопеда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольной организации: для педагога-модератора не менее 2 лет, для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A0C5FE" w14:textId="77777777" w:rsidR="0090371F" w:rsidRPr="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D85A4C" w14:textId="09758C1B" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) педагог (без категории):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знать содержание и структуру Типовой программы, владеть методикой дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания и обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особенностей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0CD1DB" w14:textId="7D8C97D6" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренного Государственным общеобязательным стандартом дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DB7389" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EC125B" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268900C1" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить диагностику развития детей, в том числе с особыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EEC1D4" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128EDA6E" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владеть навыками профессионально-педагогического диалога, применять цифровые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5E5D8B" w14:textId="77777777" w:rsidR="0090371F" w:rsidRPr="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090371F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78375E15" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F213B7E" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары: </w:t>
-[...22 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F45852" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписанием организованной учебной деятельности согласно Типовому учебному плану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10ED0BE5" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EE1C51" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оказывает содействие специалистам в области коррекционной деятельности с детьми,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеющими отклонения в развитии, планирует воспитательно-образовательную работу на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основе изучения общеобразовательных учебных программ, учебно-методической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C13E3E" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проектирует воспитательно-образовательную деятельность на основе анализа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057DC33E" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особыми образовательными потребностями и обычно развивающихся детей для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B7D899" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFD2C76" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9FA4A1" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797B6E54" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F44956A" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию «Образование, основанное на ценностях»; в организации с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524B196" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBDBC87" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F67C9B" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании», «О статусе педагога», «О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>противодействии коррупции» и другие нормативные правовые акты Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63171FFF" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093363BD" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативно - правовые документы по организации дошкольного воспитания и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04681A60" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе: В течение 7 рабочих дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C88BA6" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный детский сад №26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теплова 46</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A230AE" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593240BA" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E9FE47" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CCDA68" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE3C848" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационными требованиями, утвержденными Типовыми квалификационными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C875FB3" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006F454D" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года №ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правовых актов под № 21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C24455" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C454EA" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FA4064" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) справка тубдиспансер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B851CB0" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) сертификат Национального квалификационного тестирования (далее - НКТ) или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAA6D0C" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) заполненный Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5126286B" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>недостоверности документов, представленных услугополучателем для получения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE98084" w14:textId="77777777" w:rsidR="0090371F" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6C9D94" w14:textId="7BF41427" w:rsidR="00E51304" w:rsidRDefault="0090371F" w:rsidP="0090371F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>60-58-14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D76A7B">
-[...54 lines deleted...]
-    <w:sectPr w:rsidR="00251D58">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ; электронный адрес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>@go</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E51304">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00251D58"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D76A7B"/>
+    <w:rsidRoot w:val="00E51304"/>
+    <w:rsid w:val="004174D0"/>
+    <w:rsid w:val="00435198"/>
+    <w:rsid w:val="0090371F"/>
+    <w:rsid w:val="00AF24C5"/>
+    <w:rsid w:val="00CD3B61"/>
+    <w:rsid w:val="00E51304"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BF56C5D"/>
+  <w14:docId w14:val="6A43E394"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{73576343-54A2-456F-962A-BAD9649C2ED4}"/>
+  <w15:docId w15:val="{1FCF7C5B-5657-4FCD-9455-02538568899E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2621,140 +2716,98 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D76A7B"/>
+    <w:rsid w:val="0090371F"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:line="256" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D76A7B"/>
+    <w:rsid w:val="0090371F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...36 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="30226706">
+    <w:div w:id="2039696291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -3034,54 +3087,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1082</Words>
-  <Characters>6174</Characters>
+  <Words>1013</Words>
+  <Characters>5777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7242</CharactersWithSpaces>
+  <CharactersWithSpaces>6777</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>